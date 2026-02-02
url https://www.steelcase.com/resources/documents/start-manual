--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -193,179 +193,179 @@
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln w="6350">
                               <a:noFill/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:style>
                             <a:lnRef idx="0">
                               <a:schemeClr val="accent1"/>
                             </a:lnRef>
                             <a:fillRef idx="0">
                               <a:schemeClr val="accent1"/>
                             </a:fillRef>
                             <a:effectRef idx="0">
                               <a:schemeClr val="accent1"/>
                             </a:effectRef>
                             <a:fontRef idx="minor">
                               <a:schemeClr val="dk1"/>
                             </a:fontRef>
                           </wps:style>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="51F06C0F" w14:textId="12A49DF6" w:rsidR="00B868E9" w:rsidRDefault="00B868E9">
+                              <w:p w14:paraId="51F06C0F" w14:textId="163B0540" w:rsidR="00B868E9" w:rsidRDefault="00B868E9">
                                 <w:pPr>
                                   <w:pStyle w:val="Subtitle"/>
                                 </w:pPr>
                                 <w:r>
-                                  <w:t>Version 2.</w:t>
+                                  <w:t xml:space="preserve">Version </w:t>
                                 </w:r>
-                                <w:r w:rsidR="006E16D4">
-                                  <w:t>8</w:t>
+                                <w:r w:rsidR="00516A8E">
+                                  <w:t>3.0</w:t>
                                 </w:r>
                               </w:p>
                               <w:sdt>
                                 <w:sdtPr>
                                   <w:rPr>
                                     <w:color w:val="2B579A"/>
                                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                                   </w:rPr>
                                   <w:alias w:val="Date"/>
                                   <w:tag w:val=""/>
                                   <w:id w:val="602156663"/>
                                   <w:placeholder>
                                     <w:docPart w:val="460CFC8A5FDA49A6A39A6DCE7AFA206F"/>
                                   </w:placeholder>
                                   <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
-                                  <w:date w:fullDate="2025-09-01T00:00:00Z">
+                                  <w:date w:fullDate="2026-01-15T00:00:00Z">
                                     <w:dateFormat w:val="MMMM d, yyyy"/>
                                     <w:lid w:val="en-US"/>
                                     <w:storeMappedDataAs w:val="dateTime"/>
                                     <w:calendar w:val="gregorian"/>
                                   </w:date>
                                 </w:sdtPr>
                                 <w:sdtEndPr>
                                   <w:rPr>
                                     <w:color w:val="auto"/>
                                     <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                                   </w:rPr>
                                 </w:sdtEndPr>
                                 <w:sdtContent>
-                                  <w:p w14:paraId="0F6E4ED9" w14:textId="380031C2" w:rsidR="00B868E9" w:rsidRDefault="006E16D4">
+                                  <w:p w14:paraId="0F6E4ED9" w14:textId="13D111DA" w:rsidR="00B868E9" w:rsidRDefault="00516A8E">
                                     <w:pPr>
                                       <w:pStyle w:val="Subtitle"/>
                                     </w:pPr>
                                     <w:r>
                                       <w:rPr>
                                         <w:color w:val="2B579A"/>
                                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                                       </w:rPr>
-                                      <w:t>September 1, 2025</w:t>
+                                      <w:t>January 15, 2026</w:t>
                                     </w:r>
                                   </w:p>
                                 </w:sdtContent>
                               </w:sdt>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:spAutoFit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </a:graphicData>
                     </a:graphic>
                     <wp14:sizeRelH relativeFrom="page">
                       <wp14:pctWidth>47100</wp14:pctWidth>
                     </wp14:sizeRelH>
                     <wp14:sizeRelV relativeFrom="page">
                       <wp14:pctHeight>36300</wp14:pctHeight>
                     </wp14:sizeRelV>
                   </wp:anchor>
                 </w:drawing>
               </mc:Choice>
               <mc:Fallback>
                 <w:pict>
                   <v:shapetype w14:anchorId="7BAB4823" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                     <v:stroke joinstyle="miter"/>
                     <v:path gradientshapeok="t" o:connecttype="rect"/>
                   </v:shapetype>
                   <v:shape id="Text Box 33" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Version number and date" style="position:absolute;left:0;text-align:left;margin-left:237.05pt;margin-top:100.8pt;width:288.25pt;height:287.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:471;mso-height-percent:363;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:471;mso-height-percent:363;mso-width-relative:page;mso-height-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+jbuQXwIAAC4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0gLokxRU9SBmCYh&#10;QCsTz65j02i2zzu7Tbq/fmcnaRnbC9NenIvv93ffeX7ZWcN2CkMDruLTkwlnykmoG/dc8W+PNx8+&#10;chaicLUw4FTF9yrwy8X7d/PWl+oUNmBqhYyCuFC2vuKbGH1ZFEFulBXhBLxypNSAVkT6xeeiRtFS&#10;dGuK08lkVrSAtUeQKgS6ve6VfJHja61kvNc6qMhMxam2mE/M5zqdxWIuymcUftPIoQzxD1VY0ThK&#10;egh1LaJgW2z+CGUbiRBAxxMJtgCtG6lyD9TNdPKqm9VGeJV7IXCCP8AU/l9Yebdb+QdksfsEHQ0w&#10;AdL6UAa6TP10Gm36UqWM9ATh/gCb6iKTdHk2m00uLs45k6Q7m51PT88zsMXR3WOInxVYloSKI80l&#10;wyV2tyFSSjIdTVI2BzeNMXk2xrG24rMzCvmbhjyMSzcqT3kIcyw9S3FvVLIx7qvSrKlzB+ki80td&#10;GWQ7QcwQUioXc/M5LlknK01FvMVxsD9W9Rbnvo8xM7h4cLaNA8zdvyq7/j6WrHt7AvJF30mM3bob&#10;RrqGek+TRuiXIHh509A0bkWIDwKJ9TRc2uR4T4c2QKjDIHG2Afz5t/tkT2QkLWctbVHFw4+tQMWZ&#10;+eKIpmnlRgFHYT0KbmuvgOCf0hvhZRbJAaMZRY1gn2jBlykLqYSTlKvi61G8iv0u0wMh1XKZjWix&#10;vIi3buVlCp2mkbj12D0J9AMBI3H3Dsb9EuUrHva2mSh+uY3ExkzSBGiP4gA0LWXm7vCApK1/+Z+t&#10;js/c4hcAAAD//wMAUEsDBBQABgAIAAAAIQAYd8hR3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqNOiJFXIpgKkwAnUFsrZjZc4Il5HsZuGv8ec4Dia0cybcjPbXkw0+s4x&#10;wnKRgCBunO64RXh/q2/WIHxQrFXvmBC+ycOmurwoVaHdmXc07UMrYgn7QiGYEIZCSt8Yssov3EAc&#10;vU83WhWiHFupR3WO5baXqyTJpFUdxwWjBno01HztTxahm54+Dlvz/CpvD6F+Sf1DvR52iNdX8/0d&#10;iEBz+AvDL35EhyoyHd2JtRc9QjwSEFbJMgMR7TTPUhBHhDzPMpBVKf8fqH4AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAPo27kF8CAAAuBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAGHfIUd4AAAAIAQAADwAAAAAAAAAAAAAAAAC5BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                     <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                       <w:txbxContent>
-                        <w:p w14:paraId="51F06C0F" w14:textId="12A49DF6" w:rsidR="00B868E9" w:rsidRDefault="00B868E9">
+                        <w:p w14:paraId="51F06C0F" w14:textId="163B0540" w:rsidR="00B868E9" w:rsidRDefault="00B868E9">
                           <w:pPr>
                             <w:pStyle w:val="Subtitle"/>
                           </w:pPr>
                           <w:r>
-                            <w:t>Version 2.</w:t>
+                            <w:t xml:space="preserve">Version </w:t>
                           </w:r>
-                          <w:r w:rsidR="006E16D4">
-                            <w:t>8</w:t>
+                          <w:r w:rsidR="00516A8E">
+                            <w:t>3.0</w:t>
                           </w:r>
                         </w:p>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:color w:val="2B579A"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:alias w:val="Date"/>
                             <w:tag w:val=""/>
                             <w:id w:val="602156663"/>
                             <w:placeholder>
                               <w:docPart w:val="460CFC8A5FDA49A6A39A6DCE7AFA206F"/>
                             </w:placeholder>
                             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
-                            <w:date w:fullDate="2025-09-01T00:00:00Z">
+                            <w:date w:fullDate="2026-01-15T00:00:00Z">
                               <w:dateFormat w:val="MMMM d, yyyy"/>
                               <w:lid w:val="en-US"/>
                               <w:storeMappedDataAs w:val="dateTime"/>
                               <w:calendar w:val="gregorian"/>
                             </w:date>
                           </w:sdtPr>
                           <w:sdtEndPr>
                             <w:rPr>
                               <w:color w:val="auto"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                             </w:rPr>
                           </w:sdtEndPr>
                           <w:sdtContent>
-                            <w:p w14:paraId="0F6E4ED9" w14:textId="380031C2" w:rsidR="00B868E9" w:rsidRDefault="006E16D4">
+                            <w:p w14:paraId="0F6E4ED9" w14:textId="13D111DA" w:rsidR="00B868E9" w:rsidRDefault="00516A8E">
                               <w:pPr>
                                 <w:pStyle w:val="Subtitle"/>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="2B579A"/>
                                   <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                                 </w:rPr>
-                                <w:t>September 1, 2025</w:t>
+                                <w:t>January 15, 2026</w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </v:textbox>
                     <w10:wrap type="square" anchorx="margin" anchory="page"/>
                     <w10:anchorlock/>
                   </v:shape>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
           <w:r w:rsidR="00E9662E" w:rsidRPr="00986052">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:color w:val="2B579A"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wps">
@@ -799,55 +799,55 @@
                             <w:pStyle w:val="Logo"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="2B579A"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                               <w:lang w:eastAsia="en-US"/>
                             </w:rPr>
                             <w:drawing>
                               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="091960E1" wp14:editId="240146F6">
                                 <wp:extent cx="3359176" cy="769533"/>
                                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                                 <wp:docPr id="1" name="Picture 1"/>
                                 <wp:cNvGraphicFramePr>
                                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                 </wp:cNvGraphicFramePr>
                                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:nvPicPr>
                                         <pic:cNvPr id="1" name="SC_Core_424_MED_R.png"/>
                                         <pic:cNvPicPr/>
                                       </pic:nvPicPr>
                                       <pic:blipFill>
-                                        <a:blip r:embed="rId14">
+                                        <a:blip r:embed="rId12">
                                           <a:extLst>
                                             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                                               <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                                                <a14:imgLayer r:embed="rId15">
+                                                <a14:imgLayer r:embed="rId13">
                                                   <a14:imgEffect>
                                                     <a14:colorTemperature colorTemp="2207"/>
                                                   </a14:imgEffect>
                                                   <a14:imgEffect>
                                                     <a14:saturation sat="32000"/>
                                                   </a14:imgEffect>
                                                 </a14:imgLayer>
                                               </a14:imgProps>
                                             </a:ext>
                                           </a:extLst>
                                         </a:blip>
                                         <a:stretch>
                                           <a:fillRect/>
                                         </a:stretch>
                                       </pic:blipFill>
                                       <pic:spPr>
                                         <a:xfrm>
                                           <a:off x="0" y="0"/>
                                           <a:ext cx="3467873" cy="794434"/>
                                         </a:xfrm>
                                         <a:prstGeom prst="rect">
                                           <a:avLst/>
                                         </a:prstGeom>
                                         <a:solidFill>
                                           <a:schemeClr val="bg1"/>
@@ -994,1357 +994,1339 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DOCUMENT CHANGE CONTROL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E4BD49D" w14:textId="77777777" w:rsidR="008716EE" w:rsidRPr="00986052" w:rsidRDefault="008716EE" w:rsidP="00B54F30">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1332"/>
-        <w:gridCol w:w="1543"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5081"/>
+        <w:gridCol w:w="1562"/>
+        <w:gridCol w:w="1393"/>
+        <w:gridCol w:w="5063"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B54F30" w:rsidRPr="00986052" w14:paraId="345EF27C" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="00B54F30" w:rsidRPr="00986052" w14:paraId="345EF27C" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26396746" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Version Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="033BBB14" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2584AF28" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Section</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E40508C" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54F30" w:rsidRPr="00986052" w14:paraId="7DF410DF" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="00B54F30" w:rsidRPr="00986052" w14:paraId="7DF410DF" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="398960FB" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="665A402B" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6/1/2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F5C9A4C" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E9825F0" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Complete re-issue.  FG and Direct combined.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54F30" w:rsidRPr="00986052" w14:paraId="01496758" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="00B54F30" w:rsidRPr="00986052" w14:paraId="01496758" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17382D0E" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6125373E" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6/12/2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BC53876" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0813F923" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Mock Up</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Process added.</w:t>
+              <w:t>Mock Up Process added.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54F30" w:rsidRPr="00986052" w14:paraId="5FD51C3B" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="00B54F30" w:rsidRPr="00986052" w14:paraId="5FD51C3B" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="780E5436" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58C19321" w14:textId="21A33F6C" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00866421" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9/1/2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15363394" w14:textId="1C85E5C1" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="008D40AA" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B657F65" w14:textId="2EC1B62D" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="002B4B07" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Document Change Control added</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54F30" w:rsidRPr="00986052" w14:paraId="1DAE8608" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="00B54F30" w:rsidRPr="00986052" w14:paraId="1DAE8608" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DA8FBC6" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26CF8378" w14:textId="77777777" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="00B54F30" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01F35057" w14:textId="68EC1B8D" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="008D40AA" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E5DC07E" w14:textId="4E0B2308" w:rsidR="00B54F30" w:rsidRPr="00986052" w:rsidRDefault="008D40AA" w:rsidP="00B868E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Chargeback Language</w:t>
             </w:r>
             <w:r w:rsidR="004E3AC5" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> added to QMN process.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E52B69" w:rsidRPr="00986052" w14:paraId="36105E5C" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="00E52B69" w:rsidRPr="00986052" w14:paraId="36105E5C" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="131D6F48" w14:textId="77777777" w:rsidR="00E52B69" w:rsidRPr="00986052" w:rsidRDefault="00E52B69" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B42E23D" w14:textId="77777777" w:rsidR="00E52B69" w:rsidRPr="00986052" w:rsidRDefault="00E52B69" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FEE2A21" w14:textId="0F2A3F14" w:rsidR="00E52B69" w:rsidRPr="00986052" w:rsidRDefault="008D55F2" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6ED32A73" w14:textId="2F5B0A3B" w:rsidR="00E52B69" w:rsidRPr="00986052" w:rsidRDefault="008D55F2" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">CDIN Process </w:t>
             </w:r>
             <w:r w:rsidR="003975B0" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>corrected</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F63EC" w:rsidRPr="00986052" w14:paraId="256B2326" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="008F63EC" w:rsidRPr="00986052" w14:paraId="256B2326" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B58ACCF" w14:textId="77777777" w:rsidR="008F63EC" w:rsidRPr="00986052" w:rsidRDefault="008F63EC" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23EA5B1D" w14:textId="77777777" w:rsidR="008F63EC" w:rsidRPr="00986052" w:rsidRDefault="008F63EC" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70B6402C" w14:textId="7B9AA0C1" w:rsidR="008F63EC" w:rsidRPr="00986052" w:rsidRDefault="008F63EC" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AC8D39E" w14:textId="761606EB" w:rsidR="008F63EC" w:rsidRPr="00986052" w:rsidRDefault="008F63EC" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Long Term Capacity Plan example updated</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F63EC" w:rsidRPr="00986052" w14:paraId="46E1E153" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="008F63EC" w:rsidRPr="00986052" w14:paraId="46E1E153" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A303EFA" w14:textId="77777777" w:rsidR="008F63EC" w:rsidRPr="00986052" w:rsidRDefault="008F63EC" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47ECABF3" w14:textId="77777777" w:rsidR="008F63EC" w:rsidRPr="00986052" w:rsidRDefault="008F63EC" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D8D6CC8" w14:textId="5A3C2DCC" w:rsidR="008F63EC" w:rsidRPr="00986052" w:rsidRDefault="00C272DA" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="159316E4" w14:textId="5C0BFFB5" w:rsidR="008F63EC" w:rsidRPr="00986052" w:rsidRDefault="00340462" w:rsidP="008F63EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Re-written</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C272DA" w:rsidRPr="00986052" w14:paraId="580893D1" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="00C272DA" w:rsidRPr="00986052" w14:paraId="580893D1" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="628E0557" w14:textId="77777777" w:rsidR="00C272DA" w:rsidRPr="00986052" w:rsidRDefault="00C272DA" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D6FD2C9" w14:textId="77777777" w:rsidR="00C272DA" w:rsidRPr="00986052" w:rsidRDefault="00C272DA" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45F676B5" w14:textId="59497ABC" w:rsidR="00C272DA" w:rsidRPr="00986052" w:rsidRDefault="00C272DA" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B34EA2D" w14:textId="2DA661EE" w:rsidR="00C272DA" w:rsidRPr="00986052" w:rsidRDefault="00C272DA" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fin Goods Packaging Label Placement added</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C07796" w:rsidRPr="00986052" w14:paraId="0EF28FB3" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="00C07796" w:rsidRPr="00986052" w14:paraId="0EF28FB3" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7403AE71" w14:textId="1BD4A2CA" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="00B27AF7" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C4825ED" w14:textId="7162D4F3" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="00C07796" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9/1/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06E3DF20" w14:textId="70F3D547" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="00CA01CD" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EF382EC" w14:textId="7C5DB359" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="00CA01CD" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CTPAT Requirements added</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C07796" w:rsidRPr="00986052" w14:paraId="20040E5E" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="00C07796" w:rsidRPr="00986052" w14:paraId="20040E5E" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B56F5D9" w14:textId="71688B3D" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="5F41BBB9" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52229099" w14:textId="1E637E4C" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="5F41BBB9" w:rsidP="5F41BBB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8/</w:t>
             </w:r>
             <w:r w:rsidR="00924871" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="131226B6" w14:textId="4958DF64" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="5F41BBB9" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A63C186" w14:textId="52F61577" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="5F41BBB9" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Complete re-issue. FG and Direct combined.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC5B6E" w:rsidRPr="00986052" w14:paraId="4B7EC3A9" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="00EC5B6E" w:rsidRPr="00986052" w14:paraId="4B7EC3A9" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08A21AF2" w14:textId="4DE64373" w:rsidR="00EC5B6E" w:rsidRPr="00986052" w:rsidRDefault="006D4061" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DF066D7" w14:textId="77777777" w:rsidR="00EC5B6E" w:rsidRPr="00986052" w:rsidRDefault="00EC5B6E" w:rsidP="5F41BBB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AA63766" w14:textId="77777777" w:rsidR="00EC5B6E" w:rsidRPr="00986052" w:rsidRDefault="00EC5B6E" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75A8101B" w14:textId="77777777" w:rsidR="00EC5B6E" w:rsidRPr="00986052" w:rsidRDefault="00EC5B6E" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C07796" w:rsidRPr="00986052" w14:paraId="52243994" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="00C07796" w:rsidRPr="00986052" w14:paraId="52243994" w14:textId="77777777" w:rsidTr="004A2BE5">
+        <w:trPr>
+          <w:trHeight w:val="431"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56A7FA13" w14:textId="4D1112B2" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="00382EED" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05318126" w14:textId="71499604" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="00283190" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2/14/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573444E7" w14:textId="0C8CF101" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="00C07796" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E0ED1C1" w14:textId="77777777" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="00256802" w:rsidP="00C272DA">
+          <w:p w14:paraId="0B44314E" w14:textId="15472A4C" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="00256802" w:rsidP="00340C35">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Review </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B44314E" w14:textId="62628FA7" w:rsidR="00C07796" w:rsidRPr="00986052" w:rsidRDefault="00C07796" w:rsidP="00C272DA">
-[...9 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005216DB" w:rsidRPr="00986052" w14:paraId="55B8791C" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="005216DB" w:rsidRPr="00986052" w14:paraId="55B8791C" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="011A354C" w14:textId="19B96A9E" w:rsidR="005216DB" w:rsidRPr="005216DB" w:rsidRDefault="005216DB" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="657B499F" w14:textId="4859CE6C" w:rsidR="005216DB" w:rsidRPr="00986052" w:rsidRDefault="005216DB" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3/24/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33330235" w14:textId="5DEF4A8B" w:rsidR="00370700" w:rsidRDefault="00370700" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DCD7560" w14:textId="2C1B6D0B" w:rsidR="005216DB" w:rsidRDefault="00370700" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -2389,135 +2371,135 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="003615D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17092AB7" w14:textId="7FC5F57A" w:rsidR="005216DB" w:rsidRPr="00986052" w:rsidRDefault="003615D7" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Added additional language for Supplier’s requesting a change</w:t>
             </w:r>
             <w:r w:rsidR="00136D64">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, Poke Yoke validation, and quality walls</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E16D4" w:rsidRPr="00986052" w14:paraId="09B2A69E" w14:textId="77777777" w:rsidTr="5F41BBB9">
+      <w:tr w:rsidR="006E16D4" w:rsidRPr="00986052" w14:paraId="09B2A69E" w14:textId="77777777" w:rsidTr="00F86C47">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1332" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F6E9F11" w14:textId="5929F4E4" w:rsidR="006E16D4" w:rsidRDefault="006E16D4" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11D92ABE" w14:textId="7426D1E1" w:rsidR="006E16D4" w:rsidRDefault="006E16D4" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9/1/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BD62332" w14:textId="7E1E71B0" w:rsidR="00D03261" w:rsidRDefault="00D03261" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1159A871" w14:textId="7F091E23" w:rsidR="006E16D4" w:rsidRDefault="00105ECF" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -2554,51 +2536,51 @@
               <w:t>4.4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5349789D" w14:textId="72480FC3" w:rsidR="00105ECF" w:rsidRDefault="00105ECF" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="5063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BCE48FE" w14:textId="19B8AE49" w:rsidR="00D03261" w:rsidRDefault="00D03261" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adjusted CDIN language to reflect the current process</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25CD7A13" w14:textId="0F769EBE" w:rsidR="006E16D4" w:rsidRDefault="00953265" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -2610,85 +2592,275 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adjusted 4.3 and 4.4 to reflect current contracting practices</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44A504B6" w14:textId="6DA41CD1" w:rsidR="005D69C7" w:rsidRDefault="005D69C7" w:rsidP="00C272DA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">For 4.5 Insurance Certificates no longer process through </w:t>
+              <w:t>For 4.5 Insurance Certificates no longer process through MyCOI. Steelcase manages internally.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00796EA4" w:rsidRPr="00986052" w14:paraId="5D71EC71" w14:textId="77777777" w:rsidTr="00F86C47">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C58361F" w14:textId="6DB2760A" w:rsidR="00796EA4" w:rsidRDefault="00796EA4" w:rsidP="00C272DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>MyCOI</w:t>
+              <w:t>2.9</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F210B1E" w14:textId="1272736C" w:rsidR="00796EA4" w:rsidRDefault="00796EA4" w:rsidP="00C272DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12/17/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B45F28" w14:textId="1D791CBA" w:rsidR="00796EA4" w:rsidRDefault="00796EA4" w:rsidP="00C272DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>. Steelcase manages internally.</w:t>
+              <w:t>2.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5063" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB35287" w14:textId="62479D14" w:rsidR="00796EA4" w:rsidRDefault="00796EA4" w:rsidP="00C272DA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Re-adjusted CDIN language to reflect process</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F86C47" w:rsidRPr="00986052" w14:paraId="1D0E1AD3" w14:textId="77777777" w:rsidTr="00F86C47">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="156093C6" w14:textId="14383436" w:rsidR="00F86C47" w:rsidRDefault="004A2BE5" w:rsidP="00C272DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3511C61B" w14:textId="51B3848D" w:rsidR="00F86C47" w:rsidRDefault="004A2BE5" w:rsidP="00C272DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01/15/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E9D5F9" w14:textId="086DF956" w:rsidR="00F86C47" w:rsidRDefault="004A2BE5" w:rsidP="00C272DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5063" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C274F7" w14:textId="48175B4F" w:rsidR="00F86C47" w:rsidRDefault="004A2BE5" w:rsidP="00C272DA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For 4.5 Insurance Certificates, no longer sending them to </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="00F86EB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>SCMcontr@steelcase.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. New process will use the CSP, or Coupa Supplier Portal.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="585C678F" w14:textId="65755597" w:rsidR="7E07C761" w:rsidRPr="00986052" w:rsidRDefault="7E07C761" w:rsidP="00A7773E">
-[...9 lines deleted...]
-    </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-90701298"/>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:color w:val="94B6D2" w:themeColor="accent1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="021E597C" w14:textId="4E093B42" w:rsidR="002B6451" w:rsidRPr="00986052" w:rsidRDefault="00B17CCA">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
@@ -2890,65 +3062,56 @@
         </w:rPr>
         <w:t>Keep Commitments</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A878A8E" w14:textId="77777777" w:rsidR="009564E4" w:rsidRPr="00986052" w:rsidRDefault="009564E4" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Treat</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> People with Dignity and Respect</w:t>
+        <w:t>Treat People with Dignity and Respect</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CDB67B0" w14:textId="77777777" w:rsidR="009564E4" w:rsidRPr="00986052" w:rsidRDefault="009564E4" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
@@ -3017,83 +3180,51 @@
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E47169C" w14:textId="77777777" w:rsidR="009564E4" w:rsidRPr="00986052" w:rsidRDefault="009564E4" w:rsidP="009564E4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="60" w:right="60"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Our core values have </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> and we continue to leverage them in all that we do, including in our work with you.</w:t>
+        <w:t>Our core values have centered our organization for more than a century and we continue to leverage them in all that we do, including in our work with you.</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783B380F" w14:textId="77777777" w:rsidR="009564E4" w:rsidRPr="00986052" w:rsidRDefault="009564E4" w:rsidP="009564E4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="60" w:right="60"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12E28C0A" w14:textId="48D783A6" w:rsidR="009564E4" w:rsidRPr="00986052" w:rsidRDefault="009564E4" w:rsidP="009564E4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="60" w:right="60"/>
@@ -3334,61 +3465,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E4E6E6C" w14:textId="06492824" w:rsidR="7E07C761" w:rsidRPr="00986052" w:rsidRDefault="7E07C761" w:rsidP="7E07C761">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06BCA7C0" w14:textId="582A96AD" w:rsidR="126B15D5" w:rsidRPr="00986052" w:rsidRDefault="126B15D5" w:rsidP="004C78AE">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DEFINITIONS :</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1E2944CF" w14:textId="0EE242D6" w:rsidR="126B15D5" w:rsidRPr="00986052" w:rsidRDefault="126B15D5" w:rsidP="25EE7E1C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3488,71 +3617,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vended Finished Goods:</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> These are items that a company purchases in a ready-to-sell state and then </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> to customers without any further modification. They are not manufactured by Steelcase. Examples include Height Adjustable Desks.</w:t>
+        <w:t xml:space="preserve"> These are items that a company purchases in a ready-to-sell state and then resells to customers without any further modification. They are not manufactured by Steelcase. Examples include Height Adjustable Desks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DFD49B7" w14:textId="4682BAC7" w:rsidR="25EE7E1C" w:rsidRPr="00986052" w:rsidRDefault="25EE7E1C" w:rsidP="25EE7E1C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51D95B7B" w14:textId="192AC2D1" w:rsidR="126B15D5" w:rsidRDefault="126B15D5" w:rsidP="25EE7E1C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
@@ -3601,180 +3710,98 @@
     <w:p w14:paraId="680B44C1" w14:textId="77777777" w:rsidR="008C3CD7" w:rsidRPr="00986052" w:rsidRDefault="008C3CD7" w:rsidP="25EE7E1C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="032043E9" w14:textId="58003653" w:rsidR="008C3CD7" w:rsidRPr="00986052" w:rsidRDefault="008C3CD7" w:rsidP="008C3CD7">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Special </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Special Product : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="198A6BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A special is any modification of a standard Steelcase product, which in any way alters the original design. This includes all aesthetic changes such as finishes and fabric.  </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3E61" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If requested by the Supply Management Specials Team a quote that represents a one for one equivalent to standard product must be returned with a quote number within 24 hours of receipt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D9FA72" w14:textId="31A92906" w:rsidR="008C3CD7" w:rsidRPr="00986052" w:rsidRDefault="000D3E61" w:rsidP="008C3CD7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...84 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000D3E61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Custom </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">Custom Product :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>is def</w:t>
       </w:r>
       <w:r w:rsidR="008C3CD7" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ined as a product that is not a modification to an existing style number or product but rather a completely unique design.  </w:t>
       </w:r>
       <w:r w:rsidR="008C3CD7" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3960,689 +3987,495 @@
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5D8B28C7" w14:textId="616E34FA" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="25EE7E1C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>SECTION 1</w:t>
+              <w:t>SECTION 1:  QUALITY</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="4B2B8FE0" w14:textId="77777777" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="0000461B" w:rsidP="0000461B">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23A3AEC0" w14:textId="750C30D4" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="0000461B">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1.1  Production</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Part Approval Process (PPAP)</w:t>
+              <w:t>1.1  Production Part Approval Process (PPAP)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0647491A" w14:textId="7431D117" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.2  Capability</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="362F488E" w14:textId="7D5E16E2" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1.3  Special</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Process Qualification</w:t>
+              <w:t>1.3  Special Process Qualification</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DA0E4D9" w14:textId="5F863E15" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1.4  Finish</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> / Coating Qualification</w:t>
+              <w:t>1.4  Finish / Coating Qualification</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EBE3641" w14:textId="1F951CC5" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1.5  Custom</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Surfaces</w:t>
+              <w:t>1.5  Custom Surfaces</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18E28282" w14:textId="4E6FD4F0" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1.6  </w:t>
             </w:r>
             <w:r w:rsidR="00280B13" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Quality</w:t>
-[...8 lines deleted...]
-              <w:t>, Order Fulfill and Technical Training</w:t>
+              <w:t>Quality, Order Fulfill and Technical Training</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7242A848" w14:textId="28617437" w:rsidR="00280B13" w:rsidRPr="00986052" w:rsidRDefault="00280B13" w:rsidP="00214144">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.7  Records</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="26588197" w14:textId="3F8AD733" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00280B13" w:rsidP="00214144">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.8</w:t>
             </w:r>
             <w:r w:rsidR="00214144" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Quality</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Management Notifications (QMN’s) Customer Complaint Resolution Process</w:t>
+              <w:t xml:space="preserve">  Quality Management Notifications (QMN’s) Customer Complaint Resolution Process</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EF2A0E4" w14:textId="540E30BE" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00280B13" w:rsidP="00214144">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.9</w:t>
             </w:r>
             <w:r w:rsidR="00214144" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  P</w:t>
             </w:r>
             <w:r w:rsidR="49D95BD0" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ercent</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Defective</w:t>
+              <w:t>ercent Defective</w:t>
             </w:r>
             <w:r w:rsidR="00214144" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Measure</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="633801C7" w14:textId="2AC1F793" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00280B13" w:rsidP="00214144">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.10</w:t>
             </w:r>
             <w:r w:rsidR="00214144" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Priority</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Inspection Process (Finished Goods)</w:t>
+              <w:t xml:space="preserve">  Priority Inspection Process (Finished Goods)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DDCDA5E" w14:textId="1FAE6CE8" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00280B13" w:rsidP="00214144">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.11</w:t>
             </w:r>
             <w:r w:rsidR="00214144" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Quality</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Acceptance Standards</w:t>
+              <w:t xml:space="preserve">  Quality Acceptance Standards</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10E3F753" w14:textId="77777777" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="0000461B" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3EA853E7" w14:textId="1DEC64CE" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SECTION 2: ENGINEERING</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35B881F7" w14:textId="77777777" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="0000461B" w:rsidP="0000461B">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5AA79730" w14:textId="07BE9721" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="0000461B">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.1  Tooling</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Readiness</w:t>
+              <w:t>2.1  Tooling Readiness</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A5FF735" w14:textId="77777777" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.2  Product</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Testing</w:t>
+              <w:t>2.2  Product Testing</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E9BA63C" w14:textId="77777777" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.3  Packaging</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Design and Testing</w:t>
+              <w:t>2.3  Packaging Design and Testing</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="344540E9" w14:textId="77777777" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.4  Design</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> / Design Change Process</w:t>
+              <w:t>2.4  Design / Design Change Process</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FD800E3" w14:textId="74E3516C" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00151B45">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.5  Small</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Parts / Hardware Identification (Blue Ribbon Process) </w:t>
+              <w:t xml:space="preserve">2.5  Small Parts / Hardware Identification (Blue Ribbon Process) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CA6E0EC" w14:textId="77777777" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.6  Controlled</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Document Issue Notification (CDIN) Process</w:t>
+              <w:t>2.6  Controlled Document Issue Notification (CDIN) Process</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="290FC37C" w14:textId="77777777" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.7  Labeling</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Requirements</w:t>
+              <w:t>2.7  Labeling Requirements</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CCB285D" w14:textId="77777777" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.8  New</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Fabric Introduction</w:t>
+              <w:t>2.8  New Fabric Introduction</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78D85A17" w14:textId="77777777" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.9  Shelf</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Life / Life Duration</w:t>
+              <w:t>2.9  Shelf Life / Life Duration</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14BEDBC7" w14:textId="77777777" w:rsidR="00386B41" w:rsidRPr="00986052" w:rsidRDefault="00386B41" w:rsidP="00191226">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2CC0DED6" w14:textId="07C4841E" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -4663,345 +4496,257 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: MATERIALS MANAGEMENT / ORDER FULFILLMENT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="699D2F9C" w14:textId="77777777" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="0000461B" w:rsidP="0000461B">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="553879CA" w14:textId="2A2C8F8A" w:rsidR="002A3F0A" w:rsidRPr="00986052" w:rsidRDefault="00921C39" w:rsidP="0000461B">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="002A3F0A" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.1  Capacity</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Planning</w:t>
+              <w:t>.1  Capacity Planning</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="793133F5" w14:textId="1F5C0949" w:rsidR="002A3F0A" w:rsidRPr="00986052" w:rsidRDefault="00921C39" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="002A3F0A" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">.2 </w:t>
             </w:r>
             <w:r w:rsidR="0000461B" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002A3F0A" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Database</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Loading</w:t>
+              <w:t>Database Loading</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="029F5E58" w14:textId="3EAF6720" w:rsidR="002A3F0A" w:rsidRPr="00986052" w:rsidRDefault="00921C39" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="002A3F0A" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.3  Order</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> / Change Process</w:t>
+              <w:t>.3  Order / Change Process</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F0BFF34" w14:textId="20DC3EFB" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="00921C39" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="0000461B" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.4  Plant</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Shutdowns</w:t>
+              <w:t>.4  Plant Shutdowns</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3601A0C2" w14:textId="1DA97B70" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="00921C39" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="0000461B" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.5  Restricted</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Schedule Requests</w:t>
+              <w:t>.5  Restricted Schedule Requests</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63D83841" w14:textId="07CEF0DE" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="00921C39" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="0000461B" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.6  Systems</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Paper Test</w:t>
+              <w:t>.6  Systems Paper Test</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="143FD647" w14:textId="477E36F1" w:rsidR="002A3F0A" w:rsidRPr="00986052" w:rsidRDefault="00921C39" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="0000461B" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.7  Returned</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Goods Authorization (RGA) Process</w:t>
+              <w:t>.7  Returned Goods Authorization (RGA) Process</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B1D1178" w14:textId="6D8CF81F" w:rsidR="00C9546B" w:rsidRPr="00986052" w:rsidRDefault="008A53F0" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00C9546B" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">.8   </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Process</w:t>
+              <w:t>.8   Mock Up Process</w:t>
             </w:r>
             <w:r w:rsidR="00BF14BC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Finished Goods)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67579729" w14:textId="77777777" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="0000461B" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4CE5EB5E" w14:textId="2B8D69D8" w:rsidR="002A3F0A" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -5031,164 +4776,132 @@
               </w:rPr>
               <w:t>: SUPPLY CHAIN MANAGEMENT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C91DE37" w14:textId="77777777" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="0000461B" w:rsidP="0000461B">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D7740A3" w14:textId="706AAFEA" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="008A53F0" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.1  Crisis</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Management </w:t>
+              <w:t xml:space="preserve">.1  Crisis Management </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72F799A2" w14:textId="1B1B3220" w:rsidR="004E5FCC" w:rsidRDefault="008A53F0" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.2  Financial</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Assessment Process</w:t>
+              <w:t>.2  Financial Assessment Process</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31E5ACF5" w14:textId="7EE689E3" w:rsidR="00FB5D0C" w:rsidRDefault="00FB5D0C" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4.3  Cyber</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Security Plan</w:t>
+              <w:t>4.3  Cyber Security Plan</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33DEE070" w14:textId="6BB8E523" w:rsidR="00B3387C" w:rsidRPr="00986052" w:rsidRDefault="00B3387C" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.4  Contracting</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="1FCDD5B0" w14:textId="58832073" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="008A53F0" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
@@ -5239,219 +4952,169 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Schedule of Product (SOP)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="210340E7" w14:textId="00A1B983" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="008A53F0" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.5  Supplier</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Certificates of Insurance</w:t>
+              <w:t>.5  Supplier Certificates of Insurance</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14DDAA6C" w14:textId="2B357FCB" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="008A53F0" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.6  Supplier</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Technology Requirements</w:t>
+              <w:t>.6  Supplier Technology Requirements</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16DFB62C" w14:textId="11D4A011" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="008A53F0" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.7  Invoicing</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> and Accounts Payable</w:t>
+              <w:t>.7  Invoicing and Accounts Payable</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F5C6DA9" w14:textId="0C5DA3E1" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="008A53F0" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.8  Supplier</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Performance Measurement</w:t>
+              <w:t>.8  Supplier Performance Measurement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37E79E4C" w14:textId="5322E47A" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="008A53F0" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.9  Supplier</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Business Reviews</w:t>
+              <w:t>.9  Supplier Business Reviews</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BB0A266" w14:textId="2868975B" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="008A53F0" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5497,329 +5160,259 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: DISTRIBUTION AND LOGISTICS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79B02EA6" w14:textId="77777777" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="0000461B" w:rsidP="0000461B">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5623FEB2" w14:textId="4B6F9A28" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00D8789A" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1  For</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="008F5963">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Purchase Orders</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DEEE202" w14:textId="441E7B9F" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00D8789A" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.2  Expedite</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Purchase Order Shipments (Direct Materials &amp; MRO)</w:t>
+              <w:t>.2  Expedite Purchase Order Shipments (Direct Materials &amp; MRO)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10613D6C" w14:textId="2A5B37B2" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00D8789A" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.3  Expedite</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Vended Finished Goods Purchase Order Shipments</w:t>
+              <w:t>.3  Expedite Vended Finished Goods Purchase Order Shipments</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="687CEC50" w14:textId="78CFA113" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00D8789A" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00253DDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Returnable</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> request more?</w:t>
+              <w:t xml:space="preserve">  Returnable Dunnage, how to request more?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B829DFE" w14:textId="0D9D7EFA" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00D8789A" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00253DDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Shipping</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> PO Destinations at Steelcase Inc.</w:t>
+              <w:t xml:space="preserve">  Shipping PO Destinations at Steelcase Inc.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CF3E672" w14:textId="66978CA7" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00D8789A" w:rsidP="00FB5D0C">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00253DDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Product</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Labeling &amp; Shipping Documentation Requirements.</w:t>
+              <w:t xml:space="preserve">  Product Labeling &amp; Shipping Documentation Requirements.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F693320" w14:textId="5E6BD78A" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="0000461B" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A38A00C" w14:textId="77777777" w:rsidR="00386B41" w:rsidRPr="00986052" w:rsidRDefault="00386B41" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="33DCA710" w14:textId="7B225165" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -5848,190 +5441,150 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: GLOBAL REQUIREMENTS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29AE1AE2" w14:textId="77777777" w:rsidR="0000461B" w:rsidRPr="00986052" w:rsidRDefault="0000461B" w:rsidP="0000461B">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3301F033" w14:textId="12CDA5FA" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00D8789A" w:rsidP="0000461B">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.1  Global</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Business Standards</w:t>
+              <w:t>.1  Global Business Standards</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C6890C4" w14:textId="22A963B1" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00D8789A" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.2  Free</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Trade Agreements</w:t>
+              <w:t>.2  Free Trade Agreements</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0286B0E8" w14:textId="7242D6EC" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00D8789A" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="004E5FCC" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.3  US</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Federal </w:t>
+              <w:t xml:space="preserve">.3  US Federal </w:t>
             </w:r>
             <w:r w:rsidR="001B7820" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Government Requirements</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FD8AC10" w14:textId="5DEC8744" w:rsidR="00CA01CD" w:rsidRPr="00986052" w:rsidRDefault="00D8789A" w:rsidP="00C15C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="208FEDD8" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.4  Customs</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Trade Partner Against Terrorism Requirements</w:t>
+              <w:t>.4  Customs Trade Partner Against Terrorism Requirements</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F87A7DD" w14:textId="782906F6" w:rsidR="208FEDD8" w:rsidRDefault="00D8789A" w:rsidP="50EBEC3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="208FEDD8" w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6464,79 +6017,57 @@
     </w:p>
     <w:p w14:paraId="79796725" w14:textId="77777777" w:rsidR="00056CD7" w:rsidRPr="00986052" w:rsidRDefault="00056CD7" w:rsidP="00056CD7">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="atLeast"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C62E35B" w14:textId="051E60EF" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00056CD7">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="atLeast"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Purpose </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29691C20" w14:textId="004B827D" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve">The purpose of this Product Part Approval Process is to determine if all Steelcase specifications and requirements are properly understood by the supplier, and that the supplier’s processes have the potential to continually produce </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> meeting these requirements during an actual production run at the quoted capacity.  </w:t>
+        <w:t xml:space="preserve">The purpose of this Product Part Approval Process is to determine if all Steelcase specifications and requirements are properly understood by the supplier, and that the supplier’s processes have the potential to continually produce product meeting these requirements during an actual production run at the quoted capacity.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">If there is a temporary process in place prior to full production process, both processes must be qualified before </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> is shipped to Steelcase (or customer).</w:t>
+        <w:t>If there is a temporary process in place prior to full production process, both processes must be qualified before product is shipped to Steelcase (or customer).</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD99D32" w14:textId="77777777" w:rsidR="007D48E4" w:rsidRPr="00986052" w:rsidRDefault="007D48E4" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4068CC85" w14:textId="0101AACE" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">An assessment by Engineering/Quality should be done in the following situations to determine if a PPAP should be </w:t>
       </w:r>
       <w:r w:rsidR="007D48E4" w:rsidRPr="00986052">
         <w:rPr>
@@ -6646,179 +6177,137 @@
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Material change</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BCBDDB1" w14:textId="03ACE2C6" w:rsidR="3D9CCCAB" w:rsidRPr="00986052" w:rsidRDefault="3D9CCCAB" w:rsidP="3D9CCCAB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01854F0A" w14:textId="05EC9473" w:rsidR="31A58647" w:rsidRPr="00986052" w:rsidRDefault="31A58647" w:rsidP="3D9CCCAB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Steelcase PPAPs are processed using Windchill </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00986052">
+        <w:t>Steelcase PPAPs are processed using Windchill ProjectLink.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D0F0EA" w14:textId="3C13F66A" w:rsidR="31A58647" w:rsidRPr="00986052" w:rsidRDefault="31A58647" w:rsidP="3D9CCCAB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>ProjectLink</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BF53FB" w14:textId="49103C19" w:rsidR="31A58647" w:rsidRPr="00986052" w:rsidRDefault="31A58647" w:rsidP="3D9CCCAB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Windchill workflow generated emails requesting the completion of a PPAP</w:t>
+      </w:r>
+      <w:r w:rsidR="0183DF02" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be received by the supplier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D0F0EA" w14:textId="3C13F66A" w:rsidR="31A58647" w:rsidRPr="00986052" w:rsidRDefault="31A58647" w:rsidP="3D9CCCAB">
+    <w:p w14:paraId="69021D41" w14:textId="72B95F02" w:rsidR="31A58647" w:rsidRPr="00986052" w:rsidRDefault="31A58647" w:rsidP="3D9CCCAB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19BF53FB" w14:textId="49103C19" w:rsidR="31A58647" w:rsidRPr="00986052" w:rsidRDefault="31A58647" w:rsidP="3D9CCCAB">
+    <w:p w14:paraId="73A888FD" w14:textId="558B533D" w:rsidR="31A58647" w:rsidRPr="00986052" w:rsidRDefault="31A58647" w:rsidP="3D9CCCAB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Windchill workflow generated emails requesting the completion of a PPAP</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0183DF02" w:rsidRPr="00986052">
+        <w:t xml:space="preserve">This email </w:t>
+      </w:r>
+      <w:r w:rsidR="2568A5E1" w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be received by the supplier</w:t>
+        <w:t>contains</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Default"/>
+        <w:t xml:space="preserve"> links into the Windchill system to access</w:t>
+      </w:r>
+      <w:r w:rsidR="51CFF0F9" w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-      </w:pPr>
-[...64 lines deleted...]
-        <w:t xml:space="preserve">. The items below are shown in the image of </w:t>
+        <w:t xml:space="preserve"> the PPAP. The items below are shown in the image of </w:t>
       </w:r>
       <w:r w:rsidR="00210C1F" w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>the email template shown below.</w:t>
       </w:r>
       <w:r w:rsidR="51CFF0F9" w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05D01148" w14:textId="369CAC9C" w:rsidR="31A58647" w:rsidRPr="00986052" w:rsidRDefault="31A58647" w:rsidP="3D9CCCAB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -6944,51 +6433,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D482D91" wp14:editId="18B8FD4E">
             <wp:extent cx="5714286" cy="4914288"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1735310830" name="Picture 1735310830"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5714286" cy="4914288"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -7683,232 +7172,195 @@
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">Supplier is to complete all areas of warrant: manufacturing information, reason for submission, requested submission level, submission results, and declaration. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A91D065" w14:textId="0A33A232" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="6D57C9B3" w:rsidP="00664A39">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t>Steelcase Quality is responsible for disposition of the warrant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26F4979F" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00664A39">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve">This document is </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> approval only.  </w:t>
+        <w:t xml:space="preserve">This document is for part / product approval only.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10697BF1" w14:textId="016EE7DA" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00664A39">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t>The PPAP is not considered complete or approved until this warrant is signed and returned to the supplier</w:t>
       </w:r>
       <w:r w:rsidR="00E87EB6" w:rsidRPr="00986052">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C48379" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42F49844" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Initial Sample Inspection Report (ISIR)  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C824457" w14:textId="0221D4A0" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00664A39">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve">Steelcase Product Engineering and Quality are responsible </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> required dimensions to be measured on the ISIR</w:t>
+        <w:t>Steelcase Product Engineering and Quality are responsible to designate required dimensions to be measured on the ISIR</w:t>
       </w:r>
       <w:r w:rsidR="001E2F62" w:rsidRPr="00986052">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C849D10" w14:textId="66E6B5CB" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t>All KDFs (Key Design Features) are required</w:t>
       </w:r>
       <w:r w:rsidR="001E2F62" w:rsidRPr="00986052">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368A5863" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t>The supplier is responsible for measuring with appropriate measurement tools and documenting results.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="746DA541" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve">Parts from each position of a multiple cavity die, mold, tool, or pattern are to be </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and representative parts inspected. </w:t>
+        <w:t xml:space="preserve">Parts from each position of a multiple cavity die, mold, tool, or pattern are to be measured and representative parts inspected. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D699FE8" w14:textId="07BAFFBA" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t>The ISIR layout report is submitted to the latest revision of the Steelcase print</w:t>
       </w:r>
       <w:r w:rsidR="000B3832" w:rsidRPr="00986052">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48285355" w14:textId="2BF13A52" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t>A copy of the print must be numbered to correspond to the layout results sheet</w:t>
       </w:r>
       <w:r w:rsidR="000B3832" w:rsidRPr="00986052">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E11CBBB" w14:textId="4D317FFB" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve">Steelcase Product Engineering is responsible for </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Steelcase Product Engineering is responsible for dispositioning the ISIR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BC19556" w14:textId="07C06C11" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00664A39">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> may be required to provide parts measured for ISIR to Steelcase</w:t>
+      <w:r w:rsidRPr="00986052">
+        <w:t>Supplier may be required to provide parts measured for ISIR to Steelcase</w:t>
       </w:r>
       <w:r w:rsidR="000B3832" w:rsidRPr="00986052">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8AB3E5" w14:textId="605714A8" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00664A39">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t>Steelcase accepts the AIAG PPAP or can provide standardized forms</w:t>
       </w:r>
       <w:r w:rsidR="000B3832" w:rsidRPr="00986052">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2024461D" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
@@ -7953,65 +7405,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0EBB08B6" w14:textId="23FDEBDB" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Steelcase strongly recommends the use of Control Plans for all our supplied </w:t>
       </w:r>
       <w:r w:rsidR="00AA21C1" w:rsidRPr="00986052">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>products but</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> will indicate clearly when a Control Plan is considered an absolute requirement for </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> or product approval.</w:t>
+        <w:t xml:space="preserve"> will indicate clearly when a Control Plan is considered an absolute requirement for production part or product approval.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3849D754" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="253" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>The Control Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
@@ -8487,57 +7925,52 @@
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">Requires process to be qualified to a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00986052">
         <w:t>Cpk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve"> of 1.33</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C7EA5BD" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00664A39">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> monitoring is required</w:t>
+      <w:r w:rsidRPr="00986052">
+        <w:t>Ongoing capability monitoring is required</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A917F5" w14:textId="23523386" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="294DA40A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A proper capability study is completed by using the production tooling/equipment in the production environment.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>There should be 30 consecutive numbered pieces</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4508E28B" w14:textId="1D5EF14E" w:rsidR="00067E68" w:rsidRPr="00986052" w:rsidRDefault="00067E68" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720"/>
@@ -8558,59 +7991,51 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Special Process Qualification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29F7A019" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="510"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BC5A2E5" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve">Suppliers should perform process </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> by routine destruct testing on processes such as:</w:t>
+        <w:t>Suppliers should perform process qualification by routine destruct testing on processes such as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0806ED6F" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00664A39">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">Welding </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCF5E52" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00664A39">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t>Adhesives</w:t>
       </w:r>
@@ -8700,221 +8125,163 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5E34800D" w14:textId="221C22D1" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Suppliers will be required to obtain paint line qualification per Engineering Spe</w:t>
       </w:r>
       <w:r w:rsidR="007118AC" w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">cification ES 1-01-01, or veneer finishing qualification per Engineering Specification ES 3-82-25. </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Steelcase Finishing Technology group will work with the supplier to ensure appropriate samples are submitted, and paint line settings and controls are documented. Steelcase expects suppliers to maintain control of their </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00986052">
+        <w:t xml:space="preserve"> Steelcase Finishing Technology group will work with the supplier to ensure appropriate samples are submitted, and paint line settings and controls are documented. Steelcase expects suppliers to maintain control of their finish processes through appropriate measurement and documentation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F215B2D" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>finish</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> processes through appropriate </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00986052">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB388C4" w14:textId="611A977B" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="49B1E210">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>measurement</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and documentation. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F215B2D" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
+        <w:t xml:space="preserve">Suppliers will receive finish masters issued by Steelcase for each finish offered.  In some </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC11A6" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>cases,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the supplier may create the masters and submit them for Steelcase approval. Production aids can be produced by the supplier or ordered through Steelcase. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B92A29E" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986052">
-[...6 lines deleted...]
-    <w:p w14:paraId="5DB388C4" w14:textId="611A977B" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="49B1E210">
+    </w:p>
+    <w:p w14:paraId="39F2827F" w14:textId="5DB46963" w:rsidR="1292E6AF" w:rsidRPr="00986052" w:rsidRDefault="1292E6AF" w:rsidP="49B1E210">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:rPr>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> the expiration date on Steelcase issued production masters. Replacement masters are available</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:t>Suppliers are responsible to manage the expiration date on Steelcase issued production masters. Replacement masters are available</w:t>
       </w:r>
       <w:r w:rsidR="00491805">
         <w:t xml:space="preserve"> at this link. </w:t>
       </w:r>
       <w:r w:rsidR="00C36AE4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00491805" w:rsidRPr="00491805">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>request master</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="56D5CD37" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="632E8D12" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:spacing w:line="276" w:lineRule="atLeast"/>
         <w:ind w:right="198"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">Finishes must pass all required testing defined by Steelcase for the specific product application. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37687590" w14:textId="0DB1C0FB" w:rsidR="00214144" w:rsidRDefault="00214144" w:rsidP="08F751E9">
       <w:pPr>
         <w:pStyle w:val="CM56"/>
         <w:spacing w:line="276" w:lineRule="atLeast"/>
         <w:ind w:right="150"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">Tier I suppliers are expected to manage their tier II suppliers in accordance with all Steelcase requirements.  Please inform us of any change in your Tier II’s manufacturing process, materials used, or location of manufacturing before implementation.  We reserve the right to request new initial samples in connection with any such change. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C708923" w14:textId="77777777" w:rsidR="00CD74EF" w:rsidRDefault="00CD74EF" w:rsidP="00CD74EF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Suppliers are required to notify Steelcase of any changes to their process, materials, </w:t>
-[...7 lines deleted...]
-        <w:t>, etc. All changes must be submitted to Steelcase using the link below:</w:t>
+        <w:t>Suppliers are required to notify Steelcase of any changes to their process, materials, machines ,design, etc. All changes must be submitted to Steelcase using the link below:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1449EDAB" w14:textId="5D12843C" w:rsidR="00CD74EF" w:rsidRDefault="00CD74EF" w:rsidP="00CD74EF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00797066">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://app.smartsheet.com/b/form/7806592eb05546788cd375cbcea61a56</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EAFE7F9" w14:textId="732F6673" w:rsidR="00CD74EF" w:rsidRPr="002E3CEF" w:rsidRDefault="00CD74EF" w:rsidP="00CD74EF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3CEF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>All changes must be approved by Steelcase prior to implementation.</w:t>
@@ -8988,278 +8355,196 @@
         <w:t>products</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> accommodate hundreds of textiles from many leading fabric suppliers.  With the Customer’s Own Material web tool, dealers can find a textile that has already been tested and approved on our product, or they can submit a request to have a new fabric tested.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D65067A" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2246AD36" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PerfectMatch</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0C6FABD0" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">The Perfect Match program allows customers to specify their own color on Steelcase painted products where the </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00986052">
+        <w:t>The Perfect Match program allows customers to specify their own color on Steelcase painted products where the PerfectMatch option is offered. See the individual Product Specification Guide for available options.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="331F1112" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>PerfectMatch</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00986052">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49DEB675" w14:textId="6943E32B" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> option is offered. See the individual Product Specification Guide for available options.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="331F1112" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The PerfectMatch program supports matching Steelcase paint finishes that have been “culled</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but does not support matching Steelcase “transitional” paints that are not available on select product lines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000A74F5" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49DEB675" w14:textId="6943E32B" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
+    <w:p w14:paraId="2C35954D" w14:textId="5D51007D" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00986052">
+        <w:t xml:space="preserve">All colors will be matched in a smooth, 40% gloss, non-metallic finish or in a textured, 6% gloss, non-metallic finish. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386A3D49" w14:textId="01D14624" w:rsidR="08F751E9" w:rsidRPr="00986052" w:rsidRDefault="08F751E9" w:rsidP="08F751E9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EAD6A97" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>PerfectMatch</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00986052">
+        <w:t>Metallic paint matches for custom or culled Steelcase colors are not available through the Perfect Match program, but can be matched in the standard 40% gloss, opaque (non-metallic), finish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DDEEC22" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> program supports matching Steelcase paint finishes that have been “culled</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00986052">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C15C6EA" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> but does not support matching Steelcase “transitional” paints that are not available on select product lines.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="000A74F5" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Steelcase Finishing Technology will approve the coating material with the chosen vendor using the same process for standard color matches.  The supplier applying the custom finish will be notified by the Steelcase Finishing Technology representative when the material is approved and will order the coating material as normally done.  Provided the supplier has been qualified to apply the material, there are no additional approvals required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7CF4DF" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C35954D" w14:textId="5D51007D" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
+    <w:p w14:paraId="46CADE36" w14:textId="67F57CDC" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="294DA40A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:strike/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">All colors will be matched in a smooth, 40% gloss, non-metallic finish or in a textured, 6% gloss, non-metallic finish. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="386A3D49" w14:textId="01D14624" w:rsidR="08F751E9" w:rsidRPr="00986052" w:rsidRDefault="08F751E9" w:rsidP="08F751E9">
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Customiz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBB973B" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="294DA40A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
-    </w:p>
-[...117 lines deleted...]
-        <w:t xml:space="preserve"> Stain program offers the customer the opportunity to specify a custom-matched stain in a Steelcase wood environment. </w:t>
+      <w:r w:rsidRPr="00986052">
+        <w:t xml:space="preserve">The Customiz Stain program offers the customer the opportunity to specify a custom-matched stain in a Steelcase wood environment. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F0BC8D9" w14:textId="729D614A" w:rsidR="294DA40A" w:rsidRPr="00986052" w:rsidRDefault="294DA40A" w:rsidP="294DA40A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AA59591" w14:textId="70D82549" w:rsidR="00214144" w:rsidRPr="00786F50" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00786F50">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>The supplier will be notified of the need to match the custom stain color by the Wood Finishing Technology representative who will send a color master and the formula for the color.  The supplier will be required to submit production samples just as with standard finishes which will be approved by Finishing Technology prior to the purchase order being sent to the supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="00786F50">
         <w:rPr>
           <w:b/>
           <w:iCs/>
@@ -9349,59 +8634,51 @@
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Quality Expectations</w:t>
       </w:r>
       <w:r w:rsidR="00436A7A" w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Course.</w:t>
       </w:r>
       <w:r w:rsidR="00321928">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">  T</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t>his course provides an overview of Steelcase</w:t>
       </w:r>
       <w:r w:rsidR="00067E68" w:rsidRPr="00986052">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve">s quality </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and the requirements and documents associated with gaining and maintaining Steelcase production part approval.</w:t>
+        <w:t>s quality expectations and the requirements and documents associated with gaining and maintaining Steelcase production part approval.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24E813C5" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="764B1FE4" w14:textId="74106D2A" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="294DA40A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">For questions on available training, contact your Steelcase Supply Management representative. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B1357ED" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM51"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="atLeast"/>
@@ -9548,59 +8825,51 @@
         <w:t>1.8</w:t>
       </w:r>
       <w:r w:rsidR="00214144" w:rsidRPr="00986052">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00214144" w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Quality Management Notifications (QMN’s) Customer Complaint Resolution Process</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C00FA06" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="510"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C847159" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:spacing w:line="278" w:lineRule="atLeast"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve">A Quality Management Notification is a communication tool used to document and follow-through on a variety of topics between </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and Steelcase.  Some examples where a QMN may be used are: </w:t>
+        <w:t xml:space="preserve">A Quality Management Notification is a communication tool used to document and follow-through on a variety of topics between the Supplier and Steelcase.  Some examples where a QMN may be used are: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FFD53E0" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="CM50"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">Customer Complaint resolution </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24878B9F" w14:textId="2E370017" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="CM50"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
@@ -9794,65 +9063,51 @@
     </w:p>
     <w:p w14:paraId="095CDE96" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM8"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Corrective Action Process </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AD3E8CC" w14:textId="2024FA81" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="294DA40A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supplier will be responsible for working with Steelcase to identify </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> cause of any product, order fulfillment or compliance problem.  The Steelcase personnel responsible for the specific product will notify the supplier and coordinate the resolution of the issue through the Quality Management Notification (QMN) process. </w:t>
+        <w:t xml:space="preserve">The supplier will be responsible for working with Steelcase to identify root cause of any product, order fulfillment or compliance problem.  The Steelcase personnel responsible for the specific product will notify the supplier and coordinate the resolution of the issue through the Quality Management Notification (QMN) process. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BD3020C" w14:textId="77777777" w:rsidR="00136BE2" w:rsidRPr="00986052" w:rsidRDefault="00136BE2" w:rsidP="00136BE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38231033" w14:textId="27536591" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -9874,109 +9129,85 @@
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F3704BF" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">1) Identify Nonconformance </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CBDF996" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="atLeast"/>
         <w:ind w:right="383"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve">The flow chart shown in this section assumes that Steelcase identifies </w:t>
-[...7 lines deleted...]
-        <w:t>.  This process also applies to any nonconformance found by the supplier.</w:t>
+        <w:t>The flow chart shown in this section assumes that Steelcase identifies the nonconformance.  This process also applies to any nonconformance found by the supplier.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F1CE666" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12BFE160" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">2) Quality Management Notification Issued </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6635DF56" w14:textId="69638D2E" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="atLeast"/>
         <w:ind w:right="98"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">A Steelcase representative will document the nonconformance </w:t>
       </w:r>
       <w:r w:rsidR="003819F6" w:rsidRPr="00986052">
         <w:t>using</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve"> a QMN and communicate to the Supplier representative.  The QMN </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> a QMN and communicate to the Supplier representative.  The QMN is time stamped and </w:t>
       </w:r>
       <w:r w:rsidR="00220BBD" w:rsidRPr="00986052">
         <w:t xml:space="preserve">includes </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="004F5944" w:rsidRPr="00986052">
         <w:t xml:space="preserve">requested </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t>response date</w:t>
       </w:r>
       <w:r w:rsidR="004F5944" w:rsidRPr="00986052">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve"> Quality Management Notification</w:t>
       </w:r>
       <w:r w:rsidR="006525A3" w:rsidRPr="00986052">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="004216F1" w:rsidRPr="00986052">
         <w:t xml:space="preserve">issued to suppliers </w:t>
       </w:r>
@@ -10109,129 +9340,92 @@
         <w:pStyle w:val="CM54"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="atLeast"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">The first step in </w:t>
       </w:r>
       <w:r w:rsidR="0092763D">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">containment of a nonconformance is to isolate </w:t>
       </w:r>
       <w:r w:rsidR="0092763D">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">suspect product and verify </w:t>
       </w:r>
       <w:r w:rsidR="0092763D">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">acceptable product prior to shipping.  When circumstances dictate that additional inspection must be implemented </w:t>
       </w:r>
       <w:r w:rsidR="00EC54BC" w:rsidRPr="00986052">
-        <w:t xml:space="preserve">Steelcase will have the right to choose from the following </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Steelcase will have the right to choose from the following options :</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0E5B0A3C" w14:textId="77777777" w:rsidR="00077556" w:rsidRPr="00077556" w:rsidRDefault="00077556" w:rsidP="00077556">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00077556">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) Assure Steelcase of a verifiable final inspection process at the supplier’s facility using supplier resources.  Steelcase may audit and or require documentation that confirms expectations are </w:t>
-[...15 lines deleted...]
-        <w:t> </w:t>
+        <w:t>1) Assure Steelcase of a verifiable final inspection process at the supplier’s facility using supplier resources.  Steelcase may audit and or require documentation that confirms expectations are met; </w:t>
       </w:r>
       <w:r w:rsidRPr="00077556">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A44B8E" w14:textId="231AC599" w:rsidR="00077556" w:rsidRPr="00077556" w:rsidRDefault="00077556" w:rsidP="00077556">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00077556">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) Contract with a third-party company to provide inspection services at Steelcase or the supplier for which the supplier will bear the </w:t>
-[...15 lines deleted...]
-        <w:t> </w:t>
+        <w:t>2) Contract with a third-party company to provide inspection services at Steelcase or the supplier for which the supplier will bear the cost; </w:t>
       </w:r>
       <w:r w:rsidRPr="00077556">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AF3636D" w14:textId="77777777" w:rsidR="00077556" w:rsidRPr="00077556" w:rsidRDefault="00077556" w:rsidP="00077556">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00077556">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3) By exception, Steelcase will hire the required resources and back-charge the supplier for inspection services.</w:t>
       </w:r>
@@ -10275,60 +9469,55 @@
         <w:t xml:space="preserve">4) Isolate / Verify Work in Process and Stock Materials </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5587E4BF" w14:textId="659EDDF4" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="atLeast"/>
         <w:ind w:right="183"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t>It is crucial that all work in process specifically related to the nonconformance be quarantined</w:t>
       </w:r>
       <w:r w:rsidR="00D05C83" w:rsidRPr="00986052">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve"> Verification of WIP is not required within the first 24 hours of </w:t>
       </w:r>
       <w:r w:rsidR="00D05C83" w:rsidRPr="00986052">
         <w:t xml:space="preserve">receiving </w:t>
       </w:r>
       <w:r w:rsidR="002963F8" w:rsidRPr="00986052">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">the QMN </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00321928">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
-        <w:t>s long as</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> interim measures for detection and sorting have been satisfactorily implemented. </w:t>
+        <w:t xml:space="preserve">s long as interim measures for detection and sorting have been satisfactorily implemented. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595F5D7C" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A923FAE" w14:textId="6B9ACCCD" w:rsidR="00214144" w:rsidRPr="0024205D" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>5) Other Short</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
@@ -10337,59 +9526,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Term Actions</w:t>
       </w:r>
       <w:r w:rsidRPr="0024205D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A1C3B1" w14:textId="263E59ED" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00321928" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="atLeast"/>
       </w:pPr>
       <w:r w:rsidRPr="0024205D">
         <w:t>Other</w:t>
       </w:r>
       <w:r w:rsidR="00214144" w:rsidRPr="00986052">
-        <w:t xml:space="preserve"> short-term actions for detection / sorting must be identified </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> prevent shipment of nonconforming products while permanent corrective action is determined and implemented.  Actions such as increased inspection frequency, process / product auditing, department / team meetings or Quality notifications are appropriate. </w:t>
+        <w:t xml:space="preserve"> short-term actions for detection / sorting must be identified in order to prevent shipment of nonconforming products while permanent corrective action is determined and implemented.  Actions such as increased inspection frequency, process / product auditing, department / team meetings or Quality notifications are appropriate. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33DD09BC" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41CB401F" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">6) Respond to QMN for Short Term Actions </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D67C266" w14:textId="282FBC30" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="atLeast"/>
         <w:ind w:right="703"/>
@@ -11055,51 +10236,51 @@
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           <w14:ligatures w14:val="standard"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="769F32A9" wp14:editId="7F4948A3">
             <wp:extent cx="5943600" cy="5981700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="417260438" name="Picture 417260438"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Object 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19">
+                    <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="5981700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -11152,77 +10333,59 @@
     <w:p w14:paraId="3D73C4EF" w14:textId="77777777" w:rsidR="00BD3DC7" w:rsidRPr="00986052" w:rsidRDefault="00BD3DC7" w:rsidP="49B1E210">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2857BC60" w14:textId="68DA2759" w:rsidR="00BD3DC7" w:rsidRPr="00986052" w:rsidRDefault="00A85284" w:rsidP="49B1E210">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">)  </w:t>
+        <w:t xml:space="preserve">8)  </w:t>
       </w:r>
       <w:r w:rsidR="00BB190A" w:rsidRPr="00A85284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Steelcase</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Supplied Parts</w:t>
+        <w:t>Steelcase Supplied Parts</w:t>
       </w:r>
       <w:r w:rsidR="001A538E" w:rsidRPr="00A85284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> CAR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="310B812D" w14:textId="3CA5930D" w:rsidR="00951B2B" w:rsidRPr="00986052" w:rsidRDefault="00951B2B" w:rsidP="00231E2B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360" w:right="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -11307,51 +10470,51 @@
     <w:p w14:paraId="27F5256E" w14:textId="7099C555" w:rsidR="00FB4484" w:rsidRPr="00986052" w:rsidRDefault="00FB4484" w:rsidP="00951B2B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360" w:right="270"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enter nonconformance to the FORM</w:t>
       </w:r>
       <w:r w:rsidR="00E73019" w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00E73019" w:rsidRPr="00986052">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>STEELCASE CAR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="58967DC9" w14:textId="77777777" w:rsidR="00E73019" w:rsidRPr="00986052" w:rsidRDefault="00E73019" w:rsidP="00951B2B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360" w:right="270"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D5D9CA1" w14:textId="77777777" w:rsidR="00BD3DC7" w:rsidRPr="00986052" w:rsidRDefault="00BD3DC7" w:rsidP="49B1E210">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
@@ -11413,59 +10576,57 @@
       <w:r w:rsidR="00DA51B2" w:rsidRPr="00986052">
         <w:t>percent defective</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5514312B" w14:textId="59B3F862" w:rsidR="37F55482" w:rsidRPr="00986052" w:rsidRDefault="37F55482" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Int_8oAdVwYX"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0FB070A7" w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>percent</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> defective is the number of defective items divided by the total number of items produced. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="090B22F3" w14:textId="368BAA3D" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="294DA40A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">Defective quantities are determined from QMN’s issued to the </w:t>
       </w:r>
       <w:r w:rsidR="00CF0ED7" w:rsidRPr="00986052">
         <w:t>supplier.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4869D2" w14:textId="7889D0A3" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="294DA40A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
@@ -11501,67 +10662,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002728A8" w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">percent defective </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>goal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06C714BC" w14:textId="6E7426E1" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="49B1E210">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve">Plants not actively using SAP yet will review supplier performance based on </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Plants not actively using SAP yet will review supplier performance based on # of QMN’s issued.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F53DD65" w14:textId="40209F93" w:rsidR="49B1E210" w:rsidRPr="00986052" w:rsidRDefault="49B1E210" w:rsidP="49B1E210">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="140895A5" w14:textId="76FD8F70" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="58BEF6E1" w:rsidP="49B1E210">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="38CFE72E" w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
@@ -11616,51 +10761,51 @@
     <w:p w14:paraId="4CFFB861" w14:textId="1553F8E8" w:rsidR="0BD1F23A" w:rsidRPr="00986052" w:rsidRDefault="0BD1F23A" w:rsidP="49B1E210">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65700F17" wp14:editId="5865D185">
             <wp:extent cx="4641544" cy="5042182"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1343894453" name="Picture 1343894453"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21">
+                    <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4641544" cy="5042182"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -11723,51 +10868,51 @@
       </w:r>
       <w:r w:rsidR="093646FB" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Inspections should include all items on the Mock-up inspection check list. Link to Mock-up checklist</w:t>
       </w:r>
       <w:r w:rsidR="00BA0AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00BA0AD0" w:rsidRPr="00BA0AD0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Check List Link</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7F13DD53" w14:textId="31A9C5B5" w:rsidR="49B1E210" w:rsidRPr="00986052" w:rsidRDefault="49B1E210" w:rsidP="49B1E210">
       <w:pPr>
         <w:spacing w:before="0" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F887DE8" w14:textId="12AAF941" w:rsidR="49B1E210" w:rsidRPr="00986052" w:rsidRDefault="49B1E210" w:rsidP="49B1E210">
       <w:pPr>
         <w:spacing w:before="0" w:line="252" w:lineRule="auto"/>
@@ -11846,66 +10991,51 @@
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">QA-P1 (or QA-P2, etc.) </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t>Priority inspection indicator and ‘Accepted by’ sign off</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35AC85A6" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:tab/>
-      </w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> orders only)</w:t>
+        <w:t>Mock Up designation (appears for mock up orders only)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368FF5CA" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BD520F9" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:t>The shipping label must be signed off in the “ship to” (left side) and “build” (center) sections, identified with the acceptance by marking.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A5EBB16" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F3C1189" w14:textId="7E4B3AC7" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
@@ -11995,59 +11125,51 @@
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">ngineering </w:t>
       </w:r>
       <w:r w:rsidR="006A6AC9" w:rsidRPr="00986052">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">pecifications (ES), applicable </w:t>
       </w:r>
       <w:r w:rsidR="006A6AC9" w:rsidRPr="00986052">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">asters, training, local work instructions, and in some cases, </w:t>
       </w:r>
       <w:r w:rsidR="006A6AC9" w:rsidRPr="00986052">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:t xml:space="preserve">ssembly </w:t>
       </w:r>
       <w:r w:rsidR="006A6AC9" w:rsidRPr="00986052">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
-        <w:t xml:space="preserve">irection sheets, to form the Steelcase requirements for products. QAS documents are developed and issued by Steelcase but must be controlled internally </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the supplier.  </w:t>
+        <w:t xml:space="preserve">irection sheets, to form the Steelcase requirements for products. QAS documents are developed and issued by Steelcase but must be controlled internally at the supplier.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6519E543" w14:textId="77777777" w:rsidR="00214144" w:rsidRPr="00986052" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="008080"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D7D1748" w14:textId="77777777" w:rsidR="00214144" w:rsidRDefault="00214144" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="548AB7" w:themeColor="accent1" w:themeShade="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:b/>
@@ -12172,65 +11294,51 @@
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00654813">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Quality Wall</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="174A9FD3" w14:textId="77777777" w:rsidR="00654813" w:rsidRDefault="00654813" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00654813">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Quality wall is a specific temporary measure that </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> introduced to mitigate quality issues. </w:t>
+        <w:t xml:space="preserve">Quality wall is a specific temporary measure that is introduced to mitigate quality issues. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FA018EB" w14:textId="24E22D68" w:rsidR="009B2B9F" w:rsidRPr="00654813" w:rsidRDefault="00654813" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00654813">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00654813">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
@@ -12330,69 +11438,51 @@
       </w:r>
       <w:r w:rsidR="006339CA" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="037FAD0D" w14:textId="77777777" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">To ensure the supplier is ready for the start of production, any tooling or </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> requirements must be completed, and asset ownership must be clearly defined. </w:t>
+        <w:t xml:space="preserve">To ensure the supplier is ready for the start of production, any tooling or fixturing requirements must be completed, and asset ownership must be clearly defined. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="541E73E2" w14:textId="195DBE9B" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="14C2B909" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The supplier is required to properly store and protect </w:t>
       </w:r>
       <w:r w:rsidR="0F410C48" w:rsidRPr="009B2B9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steelcase</w:t>
@@ -12447,341 +11537,259 @@
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="7FF06B1D" w:rsidRPr="009B2B9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Steelcase </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Property accounting will issue an asset number and identification tag. </w:t>
       </w:r>
       <w:r w:rsidR="0054649B" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>upplier</w:t>
+      </w:r>
+      <w:r w:rsidR="0054649B" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must adhere </w:t>
+      </w:r>
+      <w:r w:rsidR="0054649B" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the iden</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7B40" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tification </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tag to </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7B40" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Steelcase owned </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">asset or storage container for asset. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F508CBB" w14:textId="2CE5D0E0" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="14C2B909" w:rsidP="006339CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The supplier will </w:t>
+      </w:r>
+      <w:r w:rsidR="0BC632DE" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to complete and sign a Tooling and Equipment Exhibit to the Schedule of Product that will detail the tooling’s asset number assigned by Steelcase, the location and other information of the tooling.  This Tooling and Equipment Exhibit will be used by Steelcase Property Accounting to conduct capital asset audits on a periodic basis.  The supplier will be expected to respond to the tooling audit enquiries </w:t>
+      </w:r>
+      <w:r w:rsidR="7F3D46B5" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>promptly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40339D6D" w14:textId="77777777" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="006339CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="172B40FB" w14:textId="02710C92" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="00436EB0" w:rsidP="006339CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006339CA" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Product Testing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7168A39D" w14:textId="2CC2FA9E" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="15E916C0" w:rsidP="006339CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Steelcase requires all supplied products to meet or exceed BIFMA testing requirements. In addition, packaging and ship testing requirements must be met.  These requirements will vary depending on the nature of the product and the method of delivery (</w:t>
+      </w:r>
+      <w:r w:rsidR="683D4CC7" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...58 lines deleted...]
-      </w:r>
       <w:r w:rsidR="006F7B40" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">tification </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">round transportation, </w:t>
       </w:r>
       <w:r w:rsidR="006F7B40" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the Steelcase owned </w:t>
-[...187 lines deleted...]
-        </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir freight).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5659B459" w14:textId="77777777" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12838,69 +11846,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For products with </w:t>
       </w:r>
       <w:r w:rsidR="00712BB5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>supplier-owned</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> design, and pass-through products (supplier branded); the supplier will be responsible for providing corrective action to return </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> to all conforming performance requirements. This will be handled by quality utilizing the QMN process. </w:t>
+        <w:t xml:space="preserve"> design, and pass-through products (supplier branded); the supplier will be responsible for providing corrective action to return product to all conforming performance requirements. This will be handled by quality utilizing the QMN process. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C1A9EC" w14:textId="77777777" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71A06CFE" w14:textId="730DF1E5" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="00436EB0" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -13026,69 +12016,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">before </w:t>
       </w:r>
       <w:r w:rsidR="003226EE" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">implementation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B841196" w14:textId="758631AD" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Goods</w:t>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.3.2  Finished Goods</w:t>
       </w:r>
       <w:r w:rsidR="00000373" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Packaging</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A37A4A" w14:textId="7A751C2D" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13224,69 +12203,51 @@
         <w:t xml:space="preserve">Design and design change authority will be specified in the Schedule of Product (SOP).  </w:t>
       </w:r>
       <w:r w:rsidR="003C119B" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Any supplier design change authority </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Process </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">is to be agreed upon by </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and the Engineer responsible for the product and documented in the SOP.</w:t>
+        <w:t>is to be agreed upon by Supplier and the Engineer responsible for the product and documented in the SOP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E9A2604" w14:textId="67623ECB" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="00FB257B" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D190633" wp14:editId="0315D0A9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:align>right</wp:align>
                 </wp:positionH>
@@ -13673,69 +12634,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD1F52D" w14:textId="5C8BA2B3" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="14C2B909" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prior to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> a product with a supplier, Steelcase is responsible for ensuring that all specifications concerning the product(s) listed on the SOP are current and have been issued to the supplier. Steelcase may request copies of supplier-owned products and process documentation. </w:t>
+        <w:t xml:space="preserve">Prior to launch of a product with a supplier, Steelcase is responsible for ensuring that all specifications concerning the product(s) listed on the SOP are current and have been issued to the supplier. Steelcase may request copies of supplier-owned products and process documentation. </w:t>
       </w:r>
       <w:r w:rsidR="0BC632DE" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Generally,</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a launch readiness review is conducted, and the supplier is expected to raise any issues related to specifications at that time. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DB774D8" w14:textId="78E32EBE" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -14278,79 +13221,61 @@
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Supplier is responsible for incorporating all specifications into their product and process documentation where required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ABA915E" w14:textId="4A79E8E2" w:rsidR="00CD74EF" w:rsidRPr="00CD74EF" w:rsidRDefault="00CD74EF" w:rsidP="00CD74EF">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD74EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Suppliers are required to notify Steelcase of any changes to their process, materials, </w:t>
-[...17 lines deleted...]
-        <w:t>, etc. All changes must be submitted to Steelcase using the link below:</w:t>
+        <w:t>Suppliers are required to notify Steelcase of any changes to their process, materials, machines ,design, etc. All changes must be submitted to Steelcase using the link below:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00797066">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://app.smartsheet.com/b/form/7806592eb05546788cd375cbcea61a56</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4006523A" w14:textId="226798CB" w:rsidR="002E60DF" w:rsidRPr="00CD74EF" w:rsidRDefault="00CD74EF" w:rsidP="00CD74EF">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
@@ -14504,51 +13429,51 @@
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6BE6B03F" wp14:editId="029CB032">
             <wp:extent cx="5943600" cy="2848610"/>
             <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="12" name="Picture 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 12"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24">
+                    <a:blip r:embed="rId23">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="2848610"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -14726,265 +13651,208 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Quality Acceptance Standards </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA7EA15" w14:textId="15ED7C06" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="006339CA">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Suppliers will receive these notifications </w:t>
+    <w:p w14:paraId="7FA7EA15" w14:textId="631B39AD" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="006339CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Suppliers will receive these notifications</w:t>
       </w:r>
       <w:del w:id="1" w:author="Niemann, William" w:date="2025-08-28T13:49:00Z" w16du:dateUtc="2025-08-28T17:49:00Z">
-        <w:r w:rsidRPr="00986052" w:rsidDel="00F43AB5">
+        <w:r w:rsidRPr="00796EA4" w:rsidDel="00F43AB5">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:delText>electronically via SupplySync</w:delText>
         </w:r>
       </w:del>
+      <w:r w:rsidR="00796EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:ins w:id="2" w:author="Niemann, William" w:date="2025-08-28T13:49:00Z" w16du:dateUtc="2025-08-28T17:49:00Z">
         <w:r w:rsidR="00F43AB5">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>via email from CDIN@steelcase.com</w:t>
         </w:r>
       </w:ins>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Suppliers are responsible </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">to </w:t>
+      <w:r w:rsidR="00796EA4" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for acknowledging</w:t>
       </w:r>
       <w:r w:rsidR="00E57C30" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>acknowledge</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00796EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>clicking the link in the email, reviewing the change in SupplySync, and clicking acknowledge change in SupplySync, and</w:t>
+      </w:r>
       <w:r w:rsidR="00E57C30" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the CDIN </w:t>
-[...55 lines deleted...]
-      </w:del>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00796EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suppliers are responsible for </w:t>
+      </w:r>
       <w:r w:rsidR="00E57C30" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>and</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ensur</w:t>
+      </w:r>
+      <w:r w:rsidR="00796EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
       <w:r w:rsidR="00E57C30" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ensure the contact information for CDINs in </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> is current and correct</w:t>
+        <w:t xml:space="preserve"> the contact information for CDINs in SupplySync is current and correct</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E7DBDD5" w14:textId="2A80602B" w:rsidR="00230B07" w:rsidRPr="00986052" w:rsidRDefault="00230B07" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="548AB7" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="548AB7" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="548AB7" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>iew</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> CDIN Example</w:t>
+        <w:t>iew CDIN Example</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67CC1EB0" w14:textId="6380F398" w:rsidR="00575F52" w:rsidRPr="00986052" w:rsidRDefault="00575F52" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="650DEFEC" w14:textId="77777777" w:rsidR="00230B07" w:rsidRPr="00986052" w:rsidRDefault="00230B07" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CC237E8" w14:textId="2754C5B1" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="00151B45" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -15058,87 +13926,51 @@
       </w:r>
       <w:r w:rsidR="006339CA" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Product Identification – Direct Materials</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08BF9BEB" w14:textId="77777777" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In all cases, product-labeling requirements must be specified </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> for clarification of the requirements.</w:t>
+        <w:t>In all cases, product-labeling requirements must be specified on the engineering drawing. If this is not the case, please inform your Steelcase Engineering or Quality contact for clarification of the requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39CD33C7" w14:textId="1B412F6C" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="00151B45" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.7</w:t>
       </w:r>
       <w:r w:rsidR="00436EB0" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -15193,51 +14025,51 @@
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E2A6B3F" wp14:editId="3CEB6D3E">
             <wp:extent cx="1693436" cy="1932167"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1693436" cy="1932167"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -15321,109 +14153,87 @@
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13855909" wp14:editId="7DB55D52">
             <wp:extent cx="352425" cy="457200"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="11" name="Picture 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 11"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26"/>
+                    <a:blip r:embed="rId25"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="352425" cy="457200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> WARNING Suffocation hazard, discard this bag after use. Keep this bag away from babies and children. Do not </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> cribs, beds, carriages or playpens. </w:t>
+        <w:t xml:space="preserve"> WARNING Suffocation hazard, discard this bag after use. Keep this bag away from babies and children. Do not use in cribs, beds, carriages or playpens. </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>This bag is not a toy. The thin film may cling to the nose and mouth and prevent breathing and could result in death or serious injury.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="180A31EE" w14:textId="77777777" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="006339CA">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15486,85 +14296,57 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006339CA" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bedding Law Labels</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7051D657" w14:textId="38253E9F" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="14C2B909" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> the engineering drawing.</w:t>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bedding law labels are unique to product content, manufacturing location, and country of destination.  If you are a supplier of upholstered items, you will need to provide Steelcase labels for each different combination of contents.  These labels will reference your state or provincial bedding and upholstery registration numbers.   Each of your individual manufacturing sites must maintain a current upholstery manufacturer registration in all states, and local jurisdictions whose laws require you to do so and provide evidence of current registration upon request.  These labels must be applied to each upholstered item as specified on the engineering drawing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E98C005" w14:textId="1F124406" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="00151B45" w:rsidP="006339CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.7</w:t>
       </w:r>
       <w:r w:rsidR="00436EB0" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -15925,69 +14707,51 @@
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07B1846F" w14:textId="20752390" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="0094578F">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Batch, lot number and color identification will also be identified </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> shipping documents as applicable.  Suppliers will also identify on product containers any specific requirements for storage to prevent deterioration.</w:t>
+        <w:t>Batch, lot number and color identification will also be identified on shipping documents as applicable.  Suppliers will also identify on product containers any specific requirements for storage to prevent deterioration.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="403239D7" w14:textId="77777777" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="0094578F">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61E1CAB0" w14:textId="47DA27A9" w:rsidR="006339CA" w:rsidRPr="00986052" w:rsidRDefault="006339CA" w:rsidP="0094578F">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -16182,87 +14946,51 @@
         <w:t xml:space="preserve">Suppliers are required to establish inventory requirements based on service </w:t>
       </w:r>
       <w:r w:rsidR="00E22286" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>level expectations</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> acceptable dollar amounts allocated to inventoried assets, and a clear understanding of the timing of ownership of </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> high and low inventory levels and costs. It is to be included in the Schedule of Product. Steelcase and its suppliers must work together as partners towards a mutual goal of total cost management throughout the supply chain by controlling excess inventory and eliminating waste.</w:t>
+        <w:t xml:space="preserve"> acceptable dollar amounts allocated to inventoried assets, and a clear understanding of the timing of ownership of product. The inventory plan covers unique items kept in stock, lead times, and high and low inventory levels and costs. It is to be included in the Schedule of Product. Steelcase and its suppliers must work together as partners towards a mutual goal of total cost management throughout the supply chain by controlling excess inventory and eliminating waste.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13CEBADA" w14:textId="0503D1AF" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00A327DD">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CE30A38" w14:textId="77777777" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00A327DD">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -16328,69 +15056,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">It is possible that all Steelcase products at a supplier’s facility may have the same Standard Hour value. It is also possible that each SKU will have a different Standard Hour. In certain instances, the supplier may be asked to provide or conduct time studies to estimate or validate data being used to assign Standard Hours. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="627419CF" w14:textId="34A37A88" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00A327DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The marketing forecast will be applied and translated into a total weekly Standard Hour value based on the projected product mix. This is called </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">.  Steelcase loads the Standard Hour value for each product into </w:t>
+        <w:t xml:space="preserve">The marketing forecast will be applied and translated into a total weekly Standard Hour value based on the projected product mix. This is called the Quota.  Steelcase loads the Standard Hour value for each product into </w:t>
       </w:r>
       <w:r w:rsidR="002E4222" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">our </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">product database. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0F03B3" w14:textId="77777777" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00A327DD">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -16590,172 +15300,100 @@
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> set or re-align manufacturing quotas to meet the market demand. The goal is to meet the customer requested delivery dates 100% of the time. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C678707" w14:textId="71E69BCB" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00A327DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Steelcase reviews the business data and compares it to the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> capacity and quotas daily. </w:t>
+        <w:t xml:space="preserve">Steelcase reviews the business data and compares it to the supplier capacity and quotas daily. </w:t>
       </w:r>
       <w:r w:rsidR="00052D2D" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will determine the impact </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">. This analysis will also help the supplier become aware of possible bottlenecks or other impediments to increased levels of production. </w:t>
+        <w:t xml:space="preserve"> will determine the impact to schedules for the supplier and recommend any needed quota changes. This analysis will also help the supplier become aware of possible bottlenecks or other impediments to increased levels of production. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB3F9A1" w14:textId="3F4F2CCE" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00A327DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If major changes are indicated, requiring capital equipment, facility moves or large resource changes, the Order Fulfill Manager will coordinate </w:t>
       </w:r>
       <w:r w:rsidR="00362A21" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the supplier and the Supply Chain Lead. Steelcase will also provide ongoing order level and </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> data to the supplier in the form of Forecast graphs and Planning Bucket summaries </w:t>
+        <w:t xml:space="preserve"> the supplier and the Supply Chain Lead. Steelcase will also provide ongoing order level and forecasting data to the supplier in the form of Forecast graphs and Planning Bucket summaries </w:t>
       </w:r>
       <w:r w:rsidR="00CC11A6" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>daily</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="357C400C" w14:textId="230BFE15" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00E95AC8" w:rsidP="00A327DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="548AB7" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
@@ -16801,130 +15439,84 @@
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Master Planner </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16D5F8D2" w14:textId="2BB95A1A" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Master planner is a load optimization tool used by Steelcase.  Master Planner will move orders based on available capacity while optimizing logistic costs. </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Master planner is a load optimization tool used by Steelcase.  Master Planner will move orders based on available capacity while optimizing logistic costs. Order</w:t>
+      </w:r>
       <w:r w:rsidR="00B21CC4" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> due date</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s may move from the time they are received until eight days prior to the delivery date (or when the labels </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">) at Steelcase. </w:t>
+        <w:t xml:space="preserve">s may move from the time they are received until eight days prior to the delivery date (or when the labels print) at Steelcase. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A217CCE" w14:textId="232A9F62" w:rsidR="00E95AC8" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00A327DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Suppliers will receive only one change notice from Master Planner eight days before ship if the order ship date </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> changed. The Capacity Manager will analyze the resulting schedule loads and will address any capacity issues with the supplier. </w:t>
+        <w:t xml:space="preserve">Suppliers will receive only one change notice from Master Planner eight days before ship if the order ship date was changed. The Capacity Manager will analyze the resulting schedule loads and will address any capacity issues with the supplier. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4521BDB4" w14:textId="77777777" w:rsidR="00E95AC8" w:rsidRPr="00986052" w:rsidRDefault="00E95AC8" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D850BC9" w14:textId="0D535E2E" w:rsidR="00E95AC8" w:rsidRPr="00986052" w:rsidRDefault="00A059ED" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17090,77 +15682,59 @@
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Order Process </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="232BC5CD" w14:textId="3B935429" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">All orders from </w:t>
-[...8 lines deleted...]
-        <w:t>Steelcase</w:t>
+        <w:t>All orders from Steelcase</w:t>
       </w:r>
       <w:r w:rsidR="00F360A0" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-        <w:t>except those for MRO)</w:t>
+        <w:t>(except those for MRO)</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be communicated via </w:t>
       </w:r>
       <w:r w:rsidR="001D67A4" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the agreed upon platform (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001D67A4" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eg</w:t>
@@ -17307,69 +15881,51 @@
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Timing of a Change: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69CB8936" w14:textId="3BED6C9C" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="294DA40A">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">P.O changes to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> from Steelcase will be sent automatically (without supplier approval), until the lead-time or label print date has been reached, whichever is </w:t>
+        <w:t xml:space="preserve">P.O changes to supplier from Steelcase will be sent automatically (without supplier approval), until the lead-time or label print date has been reached, whichever is </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">greater.  If the change request is inside the lead-time or label print, the supplier will be contacted for approval prior to receiving the change. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="405BC6F1" w14:textId="77777777" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17EBFAA7" w14:textId="77777777" w:rsidR="00E95AC8" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
@@ -17383,69 +15939,51 @@
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication of a Change: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BEBDBBA" w14:textId="68592E43" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A Purchase Order will be </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> indicating just the net changes made to the original P.O, prior to the label print or lead-time constraints being reached.  An </w:t>
+        <w:t xml:space="preserve">A Purchase Order will be generated indicating just the net changes made to the original P.O, prior to the label print or lead-time constraints being reached.  An </w:t>
       </w:r>
       <w:r w:rsidR="00B8235B" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mail mini form will be used to communicate changes made when inside supplier lead-time or label print date, additionally a phone call will also be placed. Approval or disapproval must be communicated back to the requester within two hours of receiving the change notice. If approved, the P.O change will be made and sent to the supplier. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42592FAF" w14:textId="77777777" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -17523,162 +16061,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00A327DD" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.4</w:t>
       </w:r>
       <w:r w:rsidR="00A327DD" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Plant </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Plant Shut-downs</w:t>
+      </w:r>
       <w:r w:rsidR="00A327DD" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Shut-downs</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00A327DD" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A327DD" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A327DD" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A327DD" w:rsidRPr="00986052">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="567A07BB" w14:textId="77777777" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4170F015" w14:textId="11D4565D" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Steelcase requires a list of all dates for the entire year </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Order Entry and on the 1st of every January thereafter, detailing how each supplier will service orders during the shutdown. (A move-up schedule will need to be developed.) </w:t>
+        <w:t xml:space="preserve">Steelcase requires a list of all dates for the entire year that supplier facilities will be shut down. This list must be inclusive of all planned shut-down days, for any reason. A written plan must be submitted to Steelcase before First Order Entry and on the 1st of every January thereafter, detailing how each supplier will service orders during the shutdown. (A move-up schedule will need to be developed.) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24B73337" w14:textId="77777777" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="233499CD" w14:textId="4D39FE94" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -17823,69 +16314,51 @@
         </w:rPr>
         <w:t>submit a written</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> request to the Planner</w:t>
       </w:r>
       <w:r w:rsidR="00075074" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of record</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Steelcase Order Fulfill personnel are responsible for contacting the supplier with the order information to obtain approval to add </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> to the closed schedule.  Steelcase has a 4-hour turnaround commitment to Sales Services to allow them to meet their turnaround commitment to the customer.  Therefore, the supplier will be asked to turn around the request in 2 hours. </w:t>
+        <w:t xml:space="preserve">. Steelcase Order Fulfill personnel are responsible for contacting the supplier with the order information to obtain approval to add product to the closed schedule.  Steelcase has a 4-hour turnaround commitment to Sales Services to allow them to meet their turnaround commitment to the customer.  Therefore, the supplier will be asked to turn around the request in 2 hours. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24870DDF" w14:textId="77777777" w:rsidR="00436EB0" w:rsidRPr="00986052" w:rsidRDefault="00436EB0" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4158186C" w14:textId="391FCAAA" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00E95AC8">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -18173,69 +16646,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The supplier should also take this opportunity to </w:t>
       </w:r>
       <w:r w:rsidR="020BD920" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ensure</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that internal systems are in place for shop orders, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, etc. </w:t>
+        <w:t xml:space="preserve"> that internal systems are in place for shop orders, routings, etc. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F98D253" w14:textId="77777777" w:rsidR="00436EB0" w:rsidRPr="00986052" w:rsidRDefault="00436EB0" w:rsidP="00436EB0">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CA99E44" w14:textId="71564CB9" w:rsidR="00A327DD" w:rsidRPr="00986052" w:rsidRDefault="00B23D6F" w:rsidP="00436EB0">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -18288,69 +16743,51 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A327DD" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A984E67" w14:textId="5282BA42" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00A327DD" w:rsidP="00A327DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If there is a need to return </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> to the supplier, the Steelcase Planner or designate will contact the supplier’s order fulfillment representative for an RGA number. This number is used to track the product </w:t>
+        <w:t xml:space="preserve">If there is a need to return product to the supplier, the Steelcase Planner or designate will contact the supplier’s order fulfillment representative for an RGA number. This number is used to track the product </w:t>
       </w:r>
       <w:r w:rsidR="00327E63" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>return and</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> may also be used for invoicing purposes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F4CB6B7" w14:textId="6A66B876" w:rsidR="00DA356C" w:rsidRPr="00986052" w:rsidRDefault="00B23D6F" w:rsidP="00A327DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -18416,87 +16853,51 @@
         <w:spacing w:before="0" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FB76BB1" w14:textId="7C305488" w:rsidR="00DA356C" w:rsidRPr="00986052" w:rsidRDefault="00DA356C" w:rsidP="00DA356C">
       <w:pPr>
         <w:spacing w:before="0" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A mock-up is an opportunity for Steelcase, with our supplier, to differentiate ourselves from our competition. It is a way to secure additional business for both of us by </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> furniture industry bid timelines, Mock-Ups will frequently be requested for product to be manufactured in less than standard lead times</w:t>
+        <w:t>A mock-up is an opportunity for Steelcase, with our supplier, to differentiate ourselves from our competition. It is a way to secure additional business for both of us by performing to a customer’s request quickly and accurately. Because of the criticality of office furniture industry bid timelines, Mock-Ups will frequently be requested for product to be manufactured in less than standard lead times</w:t>
       </w:r>
       <w:r w:rsidR="00327E63">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AAB6713" w14:textId="77777777" w:rsidR="00DA356C" w:rsidRPr="00986052" w:rsidRDefault="00DA356C" w:rsidP="00DA356C">
       <w:pPr>
         <w:spacing w:before="0" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C9E34D2" w14:textId="77777777" w:rsidR="00DA356C" w:rsidRPr="00986052" w:rsidRDefault="00DA356C" w:rsidP="00DA356C">
       <w:pPr>
         <w:spacing w:before="0" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -18883,126 +17284,90 @@
       </w:r>
       <w:r w:rsidR="00552563" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Crisis Management Plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38EDBF0E" w14:textId="77777777" w:rsidR="00552563" w:rsidRPr="00986052" w:rsidRDefault="00552563" w:rsidP="00552563">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Steelcase requires that a Crisis Management Plan be drafted by suppliers to ensure that contingency plans are in place to manage possible disruptions in providing </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> to the customer. </w:t>
+        <w:t xml:space="preserve">Steelcase requires that a Crisis Management Plan be drafted by suppliers to ensure that contingency plans are in place to manage possible disruptions in providing product to the customer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C73BEE" w14:textId="77777777" w:rsidR="00552563" w:rsidRPr="00986052" w:rsidRDefault="00552563" w:rsidP="00552563">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The contingencies covered by the Crisis Management Plan should include, but not be limited to: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D52C3A5" w14:textId="77777777" w:rsidR="00552563" w:rsidRPr="00986052" w:rsidRDefault="00552563" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Activities, alternate arrangements, and </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> planned to recover from accidents or acts of God that impact the supplier’s ability to meet customer orders.</w:t>
+        <w:t>Activities, alternate arrangements, and time lines planned to recover from accidents or acts of God that impact the supplier’s ability to meet customer orders.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B2874E5" w14:textId="77777777" w:rsidR="00552563" w:rsidRPr="00986052" w:rsidRDefault="00552563" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Subjects to be covered include but are not limited to facilities, staff, and information systems.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A195ADE" w14:textId="77777777" w:rsidR="00552563" w:rsidRPr="00986052" w:rsidRDefault="00552563" w:rsidP="00214144">
@@ -19134,69 +17499,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Duplicate tooling is maintained at (alternate facilities).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6529242F" w14:textId="77777777" w:rsidR="00552563" w:rsidRPr="00986052" w:rsidRDefault="00552563" w:rsidP="00552563">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Computer back up records for all sourced (tier 2) purchase materials and the manufacturing process </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and control plans are kept at (alternate facilities).</w:t>
+        <w:t>Computer back up records for all sourced (tier 2) purchase materials and the manufacturing process sheets and control plans are kept at (alternate facilities).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765DFB89" w14:textId="77777777" w:rsidR="00552563" w:rsidRPr="00986052" w:rsidRDefault="00552563" w:rsidP="00552563">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E87A48B" w14:textId="5D842081" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00552563" w:rsidP="00552563">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -19225,51 +17572,51 @@
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30C66597" wp14:editId="7AFE0D81">
             <wp:extent cx="6172200" cy="7518400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="15553547" name="Picture 15553547"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Object 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27">
+                    <a:blip r:embed="rId26">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6172200" cy="7518400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -19583,67 +17930,51 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="tabchar"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Is there a personnel commitment for security, whether </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> or outsourced?</w:t>
+        <w:t>Is there a personnel commitment for security, whether inhouse or outsourced?</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35FCB50B" w14:textId="77777777" w:rsidR="003D0720" w:rsidRPr="00986052" w:rsidRDefault="003D0720" w:rsidP="003D0720">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
@@ -19675,67 +18006,51 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="tabchar"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Do you have penetration testing </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> your IT network?</w:t>
+        <w:t>Do you have penetration testing of your IT network?</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15508F30" w14:textId="77777777" w:rsidR="003D0720" w:rsidRPr="00986052" w:rsidRDefault="003D0720" w:rsidP="003D0720">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
@@ -19916,84 +18231,66 @@
         <w:t>Financial Assessment Process</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4992B327" w14:textId="3436CEF7" w:rsidR="00552563" w:rsidRPr="00986052" w:rsidRDefault="00A55196" w:rsidP="00552563">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To ensure the financial stability of our supply base </w:t>
       </w:r>
       <w:r w:rsidR="00552563" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Steelcase requires </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Steelcase requires accountant prepared financial statements for </w:t>
+      </w:r>
+      <w:r w:rsidR="0477D5D3" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the purpose</w:t>
+      </w:r>
       <w:r w:rsidR="00552563" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>accountant</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> of conducting supplier financial assessments. Summary statistics and financial ratios preclude the development of sufficient insight into financial results, which is a prerequisite to achieving a valid financial assessment. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00489B22" w14:textId="17E26F9F" w:rsidR="00690E79" w:rsidRPr="00986052" w:rsidRDefault="00552563" w:rsidP="00552563">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Financial statements will be kept confidential by the Steelcase Corporate Credit Team, effectively creating a firewall be</w:t>
       </w:r>
       <w:r w:rsidR="00AC2F0C" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -20048,69 +18345,51 @@
         </w:rPr>
         <w:t>Supply Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> team for use </w:t>
       </w:r>
       <w:r w:rsidR="1832EBD9" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Supplier Scorecard. None of the supplier’s financial data will be </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> to </w:t>
+        <w:t xml:space="preserve"> the Supplier Scorecard. None of the supplier’s financial data will be passed to </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Steelcase </w:t>
       </w:r>
       <w:r w:rsidR="3664F7B4" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supply Management team members.</w:t>
       </w:r>
       <w:r w:rsidR="3664F7B4" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -20229,269 +18508,161 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e strive to define mutual roles, responsibilities and expectations aimed at providing a solid foundation for a successful long-term relationship.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F50D41" w14:textId="77777777" w:rsidR="00A431C6" w:rsidRPr="00986052" w:rsidRDefault="00A431C6" w:rsidP="00A431C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Defining liability, warranty, indemnity, and damages related to failure to perform per the contractual </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Defining liability, warranty, indemnity, and damages related to failure to perform per the contractual obligations; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0A3E9E" w14:textId="77777777" w:rsidR="00A431C6" w:rsidRPr="00986052" w:rsidRDefault="00A431C6" w:rsidP="00A431C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Defining the required insurance </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Defining the required insurance coverage; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A112297" w14:textId="77777777" w:rsidR="00A431C6" w:rsidRPr="00986052" w:rsidRDefault="00A431C6" w:rsidP="00A431C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Defining the process for terminating the Agreements made between us and the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Defining the process for terminating the Agreements made between us and the supplier; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E68E9FA" w14:textId="77777777" w:rsidR="00A431C6" w:rsidRPr="00986052" w:rsidRDefault="00A431C6" w:rsidP="00A431C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Defining applicable law and dispute resolution should there be a </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Defining applicable law and dispute resolution should there be a dispute; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69E4DD9B" w14:textId="77777777" w:rsidR="00A431C6" w:rsidRPr="00986052" w:rsidRDefault="00A431C6" w:rsidP="00A431C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Clearly defining the scope of the work/price contracted </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Clearly defining the scope of the work/price contracted for; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C166F95" w14:textId="77777777" w:rsidR="00A431C6" w:rsidRPr="00986052" w:rsidRDefault="00A431C6" w:rsidP="00A431C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Define Steelcase’s and the supplier’s intellectual property interests and avoid claims of </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Define Steelcase’s and the supplier’s intellectual property interests and avoid claims of infringement; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53C36CA9" w14:textId="4CB53312" w:rsidR="00A431C6" w:rsidRPr="00986052" w:rsidRDefault="00A431C6" w:rsidP="00A431C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Maintenance/revision of the </w:t>
       </w:r>
       <w:r w:rsidR="007B3495">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contract</w:t>
@@ -20996,51 +19167,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00552563" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.5</w:t>
       </w:r>
       <w:r w:rsidR="00552563" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Supplier Certificates of Insurance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4D3E5E" w14:textId="03849FBB" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00552563" w:rsidP="00552563">
+    <w:p w14:paraId="4D4D3E5E" w14:textId="62A8B05C" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00552563" w:rsidP="00552563">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Steelcase utilizes</w:t>
       </w:r>
       <w:r w:rsidR="003E4801">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> an in-house process</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
@@ -21103,257 +19274,244 @@
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> agreement, Supplier will receive an email requesting registration</w:t>
       </w:r>
       <w:r w:rsidR="008E58E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with Steelcase</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> from </w:t>
       </w:r>
-      <w:r w:rsidR="008E58E5" w:rsidRPr="008E58E5">
+      <w:r w:rsidR="00D62A13" w:rsidRPr="00D62A13">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="548AB7" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t>scmcontr@steelcase.com</w:t>
+        </w:rPr>
+        <w:t>the Coupa Supplier Portal</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005078E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Suppliers</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must follow the instructions contained in the email and complete the online registration. Upon completion of registration,</w:t>
       </w:r>
       <w:r w:rsidR="008E58E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Steelcase</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will request proof of insurance directly from the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00986052">
+      <w:r w:rsidR="00D62A13" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>supplier</w:t>
       </w:r>
-      <w:r w:rsidR="00705319">
+      <w:r w:rsidR="00D62A13">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Once a compliant COI is received by </w:t>
       </w:r>
       <w:r w:rsidR="002F19EB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steelcase</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> any future insurance correspondence will </w:t>
       </w:r>
       <w:r w:rsidR="002F19EB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>take place annually</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. As </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00986052">
+      <w:r w:rsidR="004A1EA5" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agreed</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> upon, </w:t>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005078E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplier will keep a compliant and up to date certificate of insurance (COI) and will notify Steelcase of any change including expiration or cancellation. Override approvals are provided by Steelcase Risk Manager when appropriate to the relationship.</w:t>
       </w:r>
       <w:r w:rsidR="00B94AF1" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60ED8F86" w14:textId="5BBA154B" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="311B869D" w:rsidP="3123F19F">
+    <w:p w14:paraId="60ED8F86" w14:textId="4A3E9E65" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="311B869D" w:rsidP="3123F19F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="726977BE" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uppliers located in non-U.S. countries must send their certificates of insurance to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00855E22" w:rsidRPr="00986052">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>scmcontr@steelcase.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="3D76BC74" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> .</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50267A3D" w14:textId="12A03ED6" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="00552563">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F2C4907" w14:textId="57423C5E" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00A17892" w:rsidP="00B94AF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -21497,61 +19655,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>XML</w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eXtensible</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Markup Language) w/ Steelcase schemas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4806E8" w14:textId="6EEA1FAB" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="00B94AF1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
@@ -21600,62 +19756,52 @@
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>SUS</w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Supplier Self Service) application in </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>(Supplier Self Service) application in SupplySync</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2B7C88EC" w14:textId="2A139CA0" w:rsidR="00855E22" w:rsidRPr="00986052" w:rsidRDefault="00855E22" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        Coupa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F72E77" w14:textId="754F57A1" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00A17892" w:rsidP="00B94AF1">
       <w:pPr>
@@ -21694,116 +19840,85 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Technology Platforms</w:t>
       </w:r>
       <w:r w:rsidR="00B94AF1" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DBE5962" w14:textId="492C12D2" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="00B94AF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>SupplySync</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00986052">
+        <w:t xml:space="preserve">SupplySync </w:t>
+      </w:r>
+      <w:r w:rsidR="772BCADC" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="772BCADC" w:rsidRPr="00986052">
+        <w:t>and Coupa are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>and Coupa are</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00986052">
+        <w:t xml:space="preserve"> secure web </w:t>
+      </w:r>
+      <w:r w:rsidR="730AC529" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> secure </w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> platforms</w:t>
+        <w:t>based platforms</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that connect Steelcase with its suppliers to provide the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A77C962" w14:textId="77777777" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
@@ -21852,69 +19967,58 @@
         </w:rPr>
         <w:t xml:space="preserve"> inventory information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D306566" w14:textId="77777777" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Accessing invoice status, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>check</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> information,</w:t>
+        <w:t>check information,</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> open payables and invoice reconciliation reports. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64AEB2B3" w14:textId="77777777" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
@@ -21993,62 +20097,52 @@
       </w:r>
       <w:r w:rsidR="00B94AF1" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Labels</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="191BBF31" w14:textId="6602C8BF" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="00B94AF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">As part of the launch process (or at some point in the future) your company may be asked to participate in </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>As part of the launch process (or at some point in the future) your company may be asked to participate in SupplySync</w:t>
+      </w:r>
       <w:r w:rsidR="3173B072" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3173B072" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or COUPA</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. To </w:t>
       </w:r>
@@ -22167,62 +20261,52 @@
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58828474" w14:textId="56357F0A" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="00B94AF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you have questions about </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>If you have questions about SupplySync</w:t>
+      </w:r>
       <w:r w:rsidR="070B2907" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="070B2907" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="000E7FAC" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Coupa</w:t>
@@ -22355,69 +20439,51 @@
       </w:r>
       <w:r w:rsidR="00B94AF1" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No Purchase Order, No Pay Rule</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F3AE5F8" w14:textId="77777777" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="00B94AF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Steelcase Global Policy for supplier invoice processing is “no PO, no payment”.  All invoices for goods (direct, VFG, or indirect) and services from suppliers must </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> a valid purchase order number to be processed for payment.</w:t>
+        <w:t>Steelcase Global Policy for supplier invoice processing is “no PO, no payment”.  All invoices for goods (direct, VFG, or indirect) and services from suppliers must reference a valid purchase order number to be processed for payment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3195293F" w14:textId="77777777" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="00B94AF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Invoices for goods or services without a validate PO and PO line number will automatically be rejected and therefore will not be paid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="425C1AAC" w14:textId="615180DF" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00A17892" w:rsidP="00B94AF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -22669,51 +20735,51 @@
       </w:r>
       <w:r w:rsidR="4D339DAD" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  High volume suppliers should leverage cXML submission.  Lower volume suppliers should submit via the Coupa Supplier Portal</w:t>
       </w:r>
       <w:r w:rsidR="0E94B1CB" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or by selecting “create invoice” in the Supplier Actionable Notification email received with your PO.</w:t>
       </w:r>
       <w:r w:rsidR="4D339DAD" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Please contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId28">
         <w:r w:rsidR="4D339DAD" w:rsidRPr="00986052">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>csphelp@steelcase.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="4D339DAD" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to enroll </w:t>
       </w:r>
       <w:r w:rsidR="21F0E576" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
@@ -22880,87 +20946,51 @@
         </w:rPr>
         <w:t>Steelcase provides payment electronically</w:t>
       </w:r>
       <w:r w:rsidR="1002B723" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ACH/EFT/Wire</w:t>
       </w:r>
       <w:r w:rsidR="148C68FA" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="08FDD6E0" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Payment terms will follow the terms </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> a minimum of once weekly.  Payment will be made on the first available payment processing day on or after the invoice due date. </w:t>
+        <w:t xml:space="preserve">Payment terms will follow the terms on your accepted purchase order.  Payments are processed a minimum of once weekly.  Payment will be made on the first available payment processing day on or after the invoice due date. </w:t>
       </w:r>
       <w:r w:rsidR="72E8F0AC" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Payment details will be sent electronically to the accounting email you provide in the Coupa Supplier Portal </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38F4C7BE" w14:textId="70E0535B" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00A17892" w:rsidP="00B94AF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -23014,69 +21044,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Only 1 PO per invoice.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03B17660" w14:textId="08D2B9BF" w:rsidR="00B94AF1" w:rsidRPr="00986052" w:rsidRDefault="00B94AF1" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Clearly include PO number, part number, PO </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> number, quantity, unit of measure, unit price/extended price, sub-total of all taxable </w:t>
+        <w:t xml:space="preserve">Clearly include PO number, part number, PO line item number, quantity, unit of measure, unit price/extended price, sub-total of all taxable </w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>items (</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">if applicable), and invoice total.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FDC5039" w14:textId="2A1F14D1" w:rsidR="00AD154E" w:rsidRPr="00986052" w:rsidRDefault="012AA5D6" w:rsidP="0D851B18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
@@ -23254,142 +21266,86 @@
         </w:rPr>
         <w:t>performance</w:t>
       </w:r>
       <w:r w:rsidR="06DD5468" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00956772" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>indicators</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Steelcase may produce a monthly supplier scorecard.  If a supplier is chosen to receive the scorecard, a Steelcase Supply Chain Leader will provide the supplier with an </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> the score.  </w:t>
+        <w:t xml:space="preserve">, Steelcase may produce a monthly supplier scorecard.  If a supplier is chosen to receive the scorecard, a Steelcase Supply Chain Leader will provide the supplier with an introduction session and explain how the scoring works and what the specific expectations are as a result of the score.  </w:t>
       </w:r>
       <w:r w:rsidR="00AD154E" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To be chosen to receive the monthly scorecard, a supplier must be under full contract with Steelcase.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is a balanced scorecard based on transactional activity and perception scores in several key business areas.  </w:t>
       </w:r>
       <w:r w:rsidR="00AD154E" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Steelcase measures supplier performance to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00AD154E" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agreed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00AD154E" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> upon </w:t>
       </w:r>
       <w:r w:rsidR="00E83BC1" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>performance indicators per</w:t>
       </w:r>
       <w:r w:rsidR="00AD154E" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> acceptance of Steelcase purchase orders as well as actual on-time shipment, Quality </w:t>
       </w:r>
       <w:r w:rsidR="25E1DAE8" w:rsidRPr="00986052">
@@ -24390,230 +22346,130 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="260F992C" w14:textId="77777777" w:rsidR="00837534" w:rsidRPr="00986052" w:rsidRDefault="00837534" w:rsidP="00837534">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Steelcase requires </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> with Steelcase’s Tier 1 suppliers and their upstream supply chains. Hence Steelcase expects its Tier 1 suppliers to provide the necessary information and/or facilitate obtaining the information from its supply chain.</w:t>
+        <w:t>Steelcase requires the continual support of its supply chain to provide current, up-to-date documents and data related to Carbon needs, product environmental compliance, supply chain due diligence and sustainability. The required information resides with Steelcase’s Tier 1 suppliers and their upstream supply chains. Hence Steelcase expects its Tier 1 suppliers to provide the necessary information and/or facilitate obtaining the information from its supply chain.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F7401E1" w14:textId="77777777" w:rsidR="00837534" w:rsidRPr="00986052" w:rsidRDefault="00837534" w:rsidP="00837534">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6078E6DC" w14:textId="77777777" w:rsidR="00837534" w:rsidRPr="00986052" w:rsidRDefault="00837534" w:rsidP="00837534">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The scope of the requested information may be at the levels of materials, processes, supply chain, facilities and operations.  Furthermore, Steelcase will routinely request sustainability-related documents and data to support its sustainability initiatives, including Life Cycle Assessment. The supplier is expected to provide current documentation to validate all applicable environmental compliance &amp; sustainability requirements, and to notify Steelcase with updated documentation if there is </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> and/or applicable compliance/sustainability requirements. Steelcase welcomes input from its supplier on new materials and concepts that may help differentiate its products in the market with respect to sustainable performance.</w:t>
+        <w:t>The scope of the requested information may be at the levels of materials, processes, supply chain, facilities and operations.  Furthermore, Steelcase will routinely request sustainability-related documents and data to support its sustainability initiatives, including Life Cycle Assessment. The supplier is expected to provide current documentation to validate all applicable environmental compliance &amp; sustainability requirements, and to notify Steelcase with updated documentation if there is change at the supplier-level and/or applicable compliance/sustainability requirements. Steelcase welcomes input from its supplier on new materials and concepts that may help differentiate its products in the market with respect to sustainable performance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="193D62C3" w14:textId="77777777" w:rsidR="00837534" w:rsidRPr="00986052" w:rsidRDefault="00837534" w:rsidP="00837534">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63028856" w14:textId="77777777" w:rsidR="00837534" w:rsidRPr="00986052" w:rsidRDefault="00837534" w:rsidP="00837534">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">To facilitate data gathering, Steelcase will provide a checklist of required documents and data, and several templated declarations and tools that the supplier will be requested to complete, based on </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> of the supplier.</w:t>
+        <w:t>To facilitate data gathering, Steelcase will provide a checklist of required documents and data, and several templated declarations and tools that the supplier will be requested to complete, based on scope of the supplier.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73353F9A" w14:textId="77777777" w:rsidR="00837534" w:rsidRPr="00986052" w:rsidRDefault="00837534" w:rsidP="00837534">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10A12450" w14:textId="2EA666B5" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="004E5FCC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -24683,411 +22539,221 @@
       <w:r w:rsidR="007D7453" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">For SAP Purchase Orders </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59BDF06A" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Whenever Steelcase has agreed to arrange and pay the freight charges and we are issuing SAP purchase orders this is our process. The day before </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> up around 3pm, the supplier will receive a shipment notification (ship notice).  This notification will include the assigned carrier SCAC number, carrier name, Freight Order #, Pickup date, destination address, list of POs to be picked up, total weight and pallet quantity to be picked up.  If for some reason you do not receive a ship notice please contact Steelcase Logistics, </w:t>
+        <w:t xml:space="preserve">Whenever Steelcase has agreed to arrange and pay the freight charges and we are issuing SAP purchase orders this is our process. The day before pick up around 3pm, the supplier will receive a shipment notification (ship notice).  This notification will include the assigned carrier SCAC number, carrier name, Freight Order #, Pickup date, destination address, list of POs to be picked up, total weight and pallet quantity to be picked up.  If for some reason you do not receive a ship notice please contact Steelcase Logistics, </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="548AB7" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>inb-logistics@steelcase.com</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="548AB7" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as soon as possible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66BD096B" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supplier is required to supply and maintain valid email addresses of the people responsible for managing the shipping docks.  These people will be the ones receiving </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> notices.  </w:t>
+        <w:t xml:space="preserve">The supplier is required to supply and maintain valid email addresses of the people responsible for managing the shipping docks.  These people will be the ones receiving the ship notices.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D1F31D2" w14:textId="30EAFED8" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">If the supplier is on </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>If the supplier is on SupplySync</w:t>
+      </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> in order for communication t</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o be sent to the correct people</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it is important to have contact information current and accurate in SupplySync.  There is a “Distribution/Logistic” functional contact type in SupplySync that needs to have a valid contact associated to it. The email associated to this type needs to be someone at the supplier who should receive the ship notices and will use them to ensure the POs are ready to be picked up on the date specified. For information on how to enter contact information in SupplySync, reference the SupplySync Support Guide on Village.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C75155" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>If the supplier is not on SupplySync the supplier can communicate the contact information to Steelcase Logistics.  Name, phone number and email addresses are required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6987F016" w14:textId="1F79BF59" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The supplier is responsible to ship per the ship notice.  Shipping material early or late is not acceptable as transportation is arranged based on the POs ship date</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00037772">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...224 lines deleted...]
-        <w:t xml:space="preserve"> please notify the material planner as soon as possible, see Expedites Purchase Order process in section 6.2 for direct materials and MRO. Vended finished goods suppliers </w:t>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If the PO ship date needs to change please notify the material planner as soon as possible, see Expedites Purchase Order process in section 6.2 for direct materials and MRO. Vended finished goods suppliers </w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to the</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> expedite process in section 6.3. The material planner’s contact information is on the PO.  The material planner is responsible for updating the PO with the correct ship date.  Never ship without a matching Steelcase PO. Material planners and suppliers work to provide materials to the plant </w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
@@ -25263,131 +22929,103 @@
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ground and do not need to be submitted to us.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C41F53D" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Accurate part pack data is critical to successfully plan the lowest cost transportation.  It is the responsibility of the supplier to provide and maintain accurate part pack data.  It is the responsibility of Steelcase Logistics to provide the supplier with manageable ways to identify part pack data issues. There are three ways in which Steelcase helps </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> part pack data.  </w:t>
+        <w:t xml:space="preserve">Accurate part pack data is critical to successfully plan the lowest cost transportation.  It is the responsibility of the supplier to provide and maintain accurate part pack data.  It is the responsibility of Steelcase Logistics to provide the supplier with manageable ways to identify part pack data issues. There are three ways in which Steelcase helps communicates part pack data.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="196A0CF0" w14:textId="47DBB3C7" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prior to being ordered, new materials will be sent to the distribution/logistics contacts requesting the part pack data information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="147F1C9F" w14:textId="6A76B6E0" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Two days prior to </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pick</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> up</w:t>
+        <w:t>pick up</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> an email will be sent by the distribution/logistics contacts asking to verify POs and part pack information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B79B389" w14:textId="7DDF2416" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
@@ -25520,69 +23158,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The supplier is responsible for arranging pickup for all </w:t>
       </w:r>
       <w:r w:rsidR="002D6388" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ground and Express Air shipments.  The </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> received the day before will tell the supplier the service level to use.</w:t>
+        <w:t xml:space="preserve"> Ground and Express Air shipments.  The ship notice received the day before will tell the supplier the service level to use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="409CC88F" w14:textId="0A81A71C" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The supplier must use </w:t>
       </w:r>
       <w:r w:rsidR="002D6388" w:rsidRPr="00986052">
         <w:rPr>
@@ -25840,69 +23460,51 @@
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidR="007D7453" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> express shipments can be parcel (boxed) or palletized.  If the material needs to be palletized the service level must be </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidR="007D7453" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 Day or 2 </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">.  The service level will be indicated on ship notice. If the shipment is palletized and the service level on the ship notice does not indicate </w:t>
+        <w:t xml:space="preserve"> 1 Day or 2 day.  The service level will be indicated on ship notice. If the shipment is palletized and the service level on the ship notice does not indicate </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidR="007D7453" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 Day or </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
@@ -26235,127 +23837,73 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Common Carrier shipments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4409339A" w14:textId="7CA7C948" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Steelcase contracts pickups with many different FTL common carriers.  The </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> the common carrier’s SCAC code and their name.  If the supplier is responsible for creating an ASN the carrier’s SCAC code will need to be placed in the ASN field.</w:t>
+        <w:t>Steelcase contracts pickups with many different FTL common carriers.  The ship notice will provide the supplier the common carrier’s SCAC code and their name.  If the supplier is responsible for creating an ASN the carrier’s SCAC code will need to be placed in the ASN field.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0032E9B9" w14:textId="5B16AEE1" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supplier is responsible for the BOL.  The BOL is to include the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> name and the Steelcase Freight Order #.</w:t>
+        <w:t>The supplier is responsible for the BOL.  The BOL is to include the carrier name and the Steelcase Freight Order #.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51788636" w14:textId="43C79A5D" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Example of an email notification:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B79A824" w14:textId="045F0702" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -26374,51 +23922,51 @@
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C9C7D6A" wp14:editId="2A84335C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>266700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5943600" cy="3193415"/>
             <wp:effectExtent l="19050" t="19050" r="19050" b="26035"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="17" name="Picture 17"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30">
+                    <a:blip r:embed="rId29">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3193415"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -26489,69 +24037,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00753357" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pick-up</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> date and time </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the estimated time the carrier will arrive to pick up the material.</w:t>
+        <w:t xml:space="preserve"> date and time is the estimated time the carrier will arrive to pick up the material.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12234351" w14:textId="0D1ABA5C" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The carrier section will display the SCAC code and name of the carrier picking up the material.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DDA305F" w14:textId="0E604D50" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
@@ -26684,87 +24214,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Expedite Purchase Order Shipments (Direct Materials &amp; MRO)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="394DE65B" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The expedite process requires both </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> the revised PO and notification email you receive and answer the material planner’s questions.</w:t>
+        <w:t>The expedite process requires both parties adhere to a standard process in tight time frames. Please ship per the revised PO and notification email you receive and answer the material planner’s questions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C8B07F9" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The process to follow when a PO’s pickup date and/or delivery date needs to change:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBDD044" w14:textId="620309A2" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
@@ -26847,165 +24341,111 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The material planner will likely request a pallet or box count and a weight from the supplier at this time.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E687CAC" w14:textId="08D01B2B" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The material planner contacts the inbound logistics team who will determine the best mode of transportation and </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> you the notification email.  </w:t>
+        <w:t xml:space="preserve">The material planner contacts the inbound logistics team who will determine the best mode of transportation and email you the notification email.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0983DA42" w14:textId="2686C3A2" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the pickup is the same day as the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
+        <w:t xml:space="preserve">If the pickup is the same day as the request you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>future,</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> you will receive the notification email the day before around 3pm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2258CE8D" w14:textId="3AC5CCBC" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supplier is to ship </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the revised PO and notification email.</w:t>
+        <w:t>The supplier is to ship per the revised PO and notification email.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F8B005" w14:textId="5CE1E883" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If this is a </w:t>
       </w:r>
       <w:r w:rsidR="002D6388" w:rsidRPr="00986052">
         <w:rPr>
@@ -27063,227 +24503,155 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the material planner needs to expedite a PO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F17A77D" w14:textId="2E2FFA1C" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The material planner is to contact the supplier and ask for the best date and shipment </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (weight, pallet count or box count, dimensions).</w:t>
+        <w:t>The material planner is to contact the supplier and ask for the best date and shipment detail (weight, pallet count or box count, dimensions).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79816B08" w14:textId="4C3A3A40" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the supplier agrees, then the material planner is to update the PO with the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> dates and follow their process.</w:t>
+        <w:t>If the supplier agrees, then the material planner is to update the PO with the agreed upon dates and follow their process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74F3FF39" w14:textId="1B4A13DD" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Someone from the inbound logistics team will determine the best mode of transportation and email you the notification email.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F932E82" w14:textId="29C3AEF5" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the pickup is the same day as the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
+        <w:t xml:space="preserve">If the pickup is the same day as the request you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>future,</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> you will receive the notification email the day before around 3pm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C6C145B" w14:textId="4CC5BF34" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supplier is to ship </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the revised PO and notification email.</w:t>
+        <w:t>The supplier is to ship per the revised PO and notification email.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3955CCD0" w14:textId="7F6A6E38" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If this is a </w:t>
       </w:r>
       <w:r w:rsidR="002D6388" w:rsidRPr="00986052">
         <w:rPr>
@@ -27357,87 +24725,51 @@
       <w:r w:rsidR="007D7453" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Expedite Vended Finished Goods Purchase Order Shipments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D991825" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The expedite process requires both </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> the revised PO and notification email you receive and answer the material planner’s questions.</w:t>
+        <w:t>The expedite process requires both parties adhere to a standard process in tight time frames. Please ship per the revised PO and notification email you receive and answer the material planner’s questions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6540000E" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The process to follow when exceptions to your standard shipping schedule are needed:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="634F1743" w14:textId="0ECBCC00" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
@@ -27483,69 +24815,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="548AB7" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>inb-logistics@steelcase.com</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="548AB7" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">with the below information 24-48 hours in advance when possible. Requests for </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> day changes will not be processed after 1pm for first shift operations. </w:t>
+        <w:t xml:space="preserve">with the below information 24-48 hours in advance when possible. Requests for same day changes will not be processed after 1pm for first shift operations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6363DEED" w14:textId="0E75777A" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1224"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Supplier name (and location if multiple)</w:t>
       </w:r>
@@ -27571,151 +24885,97 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Requested time of additional/canceled pickup</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1263C2E5" w14:textId="793B36E3" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1514"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If time </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> time, what is the desired time?</w:t>
+        <w:t>If time change, what is original time, what is the desired time?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18387BD3" w14:textId="69230CC8" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1514"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Include FO # if available </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49F2FCB5" w14:textId="72D982EB" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1154"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A logistics planner will respond confirming </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> providing FO # and carrier for any additional shipments. </w:t>
+        <w:t xml:space="preserve">A logistics planner will respond confirming change, and providing FO # and carrier for any additional shipments. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D8076F8" w14:textId="77777777" w:rsidR="00753357" w:rsidRPr="00986052" w:rsidRDefault="00753357" w:rsidP="00753357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1154"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FDA653C" w14:textId="1A49DB4D" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -27848,126 +25108,90 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The logistics planner will provide shipping instructions on whether the product will need to be expedited and what method of transportation to use, whether it will go direct to a customer, or whether it will go on standard transit to the original destination. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59D5AB5B" w14:textId="062C5BF4" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the pickup is the same day as the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
+        <w:t xml:space="preserve">If the pickup is the same day as the request you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>future,</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> you will receive the notification email the day before around 3pm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="751B99A6" w14:textId="7C41879F" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supplier is to ship </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the notification email.</w:t>
+        <w:t>The supplier is to ship per the notification email.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FA30BB1" w14:textId="77777777" w:rsidR="007141AF" w:rsidRPr="00986052" w:rsidRDefault="007141AF" w:rsidP="007141AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="722"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CF459BE" w14:textId="46830FBA" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -28004,126 +25228,90 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Freight Move Request form to the inbound logistics team who will tell the supplier how to ship the freight.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15239103" w14:textId="2DCD0F5B" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the pickup is the same day as the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
+        <w:t xml:space="preserve">If the pickup is the same day as the request you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>future,</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> you will receive the notification email the day before around 3pm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107EE268" w14:textId="0E204A28" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supplier is to ship </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the notification email.</w:t>
+        <w:t>The supplier is to ship per the notification email.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EC059BD" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007141AF">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="643F9D12" w14:textId="188A4F84" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -28213,69 +25401,51 @@
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ground, Standard Overnight, and Priority overnight are approved. </w:t>
       </w:r>
       <w:r w:rsidR="002D6388" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Standard Overnight is to be used if the product is needed next day but </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> is not specified. </w:t>
+        <w:t xml:space="preserve"> Standard Overnight is to be used if the product is needed next day but a time is not specified. </w:t>
       </w:r>
       <w:r w:rsidR="002D6388" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Priority is to be used if the product is needed by 10:30AM. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1207D203" w14:textId="51664766" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
@@ -28380,125 +25550,89 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The logistics planner will provide shipping instructions on whether the product will need to be expedited and what method of transportation to use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A6EB13A" w14:textId="729EAE45" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">If the pickup is the same day as the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
+        <w:t xml:space="preserve">If the pickup is the same day as the request you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>future,</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> you will receive the notification email the day before around 3pm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1391C9FA" w14:textId="773F271F" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supplier is to ship </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the notification email.</w:t>
+        <w:t>The supplier is to ship per the notification email.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AFE2F5F" w14:textId="7481F082" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="646C2826" w14:textId="4D52E0C4" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
@@ -28549,126 +25683,90 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Freight Move Request form to the inbound logistics team who will dictate to the supplier how to ship the freight. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4107D84A" w14:textId="5C4D7835" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1082"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the pickup is the same day as the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
+        <w:t xml:space="preserve">If the pickup is the same day as the request you will receive the email as soon as the PO has been planned for pickup.  If the pickup is in the </w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>future,</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> you will receive the notification email the day before around 3pm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6501571D" w14:textId="6AC25FB1" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1082"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supplier is to ship </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the notification email.</w:t>
+        <w:t>The supplier is to ship per the notification email.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F77D144" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00CF5D11">
       <w:pPr>
         <w:ind w:left="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D141B99" w14:textId="285AE410" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="00AE042A" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -28813,69 +25911,51 @@
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The supplier is responsible for arranging pickup for all </w:t>
       </w:r>
       <w:r w:rsidR="002D6388" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ground and Express Air shipments.  The </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> received the day before will tell the supplier the service level to use.</w:t>
+        <w:t xml:space="preserve"> Ground and Express Air shipments.  The ship notice received the day before will tell the supplier the service level to use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72421CA5" w14:textId="366CF59D" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -29135,69 +26215,51 @@
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> express shipments can be parcel (boxed) or palletized.  If the material needs to be palletized the service level must be </w:t>
       </w:r>
       <w:r w:rsidR="002D6388" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 Day or 2 </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">.  The service level will be indicated on ship notice. If the shipment is palletized and the service level on the ship notice does not indicate </w:t>
+        <w:t xml:space="preserve"> 1 Day or 2 day.  The service level will be indicated on ship notice. If the shipment is palletized and the service level on the ship notice does not indicate </w:t>
       </w:r>
       <w:r w:rsidR="002D6388" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 Day or </w:t>
       </w:r>
       <w:r w:rsidR="002D6388" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FedEx</w:t>
       </w:r>
@@ -29558,131 +26620,77 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0CF9BC0B" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Steelcase contracts pickups with many different FTL common carriers.  The </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> the common carrier’s SCAC code and their name.  If the supplier is responsible for creating an ASN the carrier’s SCAC code will need to be placed in the ASN field.</w:t>
+        <w:t>Steelcase contracts pickups with many different FTL common carriers.  The ship notice will provide the supplier the common carrier’s SCAC code and their name.  If the supplier is responsible for creating an ASN the carrier’s SCAC code will need to be placed in the ASN field.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63AFA565" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The supplier is responsible for the BOL.  The BOL is to include the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> name and the Steelcase Freight Order #.</w:t>
+        <w:t>The supplier is responsible for the BOL.  The BOL is to include the carriers name and the Steelcase Freight Order #.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="646904C2" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BE863FD" w14:textId="17C955B5" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="00AE042A" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -29702,115 +26710,77 @@
       <w:r w:rsidR="007E4F71" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.1</w:t>
       </w:r>
       <w:r w:rsidR="00BC0C94" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D7453" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Returnable Dunnage, how </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> request more?</w:t>
+        <w:t>Returnable Dunnage, how to request more?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D50AEC4" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The supplier emails </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> dunnage team with the dunnage request form.</w:t>
+        <w:t>The supplier emails ISC dunnage team with the dunnage request form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B4D3E1D" w14:textId="28CABEBD" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="630"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please send to: </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
@@ -29850,158 +26820,86 @@
         </w:rPr>
         <w:tab/>
         <w:t>The supplier must complete and send the order form in excel. A picture or PDF will not be accepted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0734C0FC" w14:textId="399C4900" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="648"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The email needs to be sent 36 hours prior to delivery for city fleet deliveries and 72 hours for all </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>The email needs to be sent 36 hours prior to delivery for city fleet deliveries and 72 hours for all other.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DDC4A48" w14:textId="612C7A8D" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00BA0668">
       <w:pPr>
         <w:ind w:left="720" w:hanging="648"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidR="00BA0668" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The ISC/</w:t>
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> you are requesting.</w:t>
+        <w:t>The ISC/R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eturnables team will only respond back if they are out of something you are requesting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="582BB9BC" w14:textId="193BDFCA" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -30104,51 +27002,51 @@
       <w:r w:rsidR="007D7453" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75C67FCB" wp14:editId="0436B40F">
             <wp:extent cx="5943600" cy="3138805"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31">
+                    <a:blip r:embed="rId30">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3138805"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -30279,69 +27177,51 @@
     </w:p>
     <w:p w14:paraId="7C2DAFC0" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00FD6B8C">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Products must be loaded by the supplier and secured in the trailer to prevent damage.   Damages discovered upon arrival at Steelcase will become the responsibility of the supplier.  Steelcase will work with the supplier to coordinate </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> of any damaged product. </w:t>
+        <w:t xml:space="preserve">Products must be loaded by the supplier and secured in the trailer to prevent damage.   Damages discovered upon arrival at Steelcase will become the responsibility of the supplier.  Steelcase will work with the supplier to coordinate replacement of any damaged product. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BED620A" w14:textId="77777777" w:rsidR="00FD6B8C" w:rsidRPr="00986052" w:rsidRDefault="00FD6B8C" w:rsidP="00FD6B8C">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C077089" w14:textId="7C17D181" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="00AE042A" w:rsidP="00FD6B8C">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -30447,151 +27327,97 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following are the requirements for all shipments to Steelcase North America. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="144BC850" w14:textId="2039248A" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Any supplier caused disruptions (e.g.  product not available within a reasonable time of scheduled pickup) may result in a minimum charge to the supplier of $75.00 per hour for every hour departure time is missed rounded up to the next hour after 5 minutes. If the supplier is at fault for Steelcase to incur additional transportation and logistics costs over and above normal charges, such charges may be chargeable to the supplier. This could include, but not limited to, items such as shipment delays, split or incomplete shipments, freight damage caused by the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> neglect.  Specific </w:t>
+        <w:t xml:space="preserve">Any supplier caused disruptions (e.g.  product not available within a reasonable time of scheduled pickup) may result in a minimum charge to the supplier of $75.00 per hour for every hour departure time is missed rounded up to the next hour after 5 minutes. If the supplier is at fault for Steelcase to incur additional transportation and logistics costs over and above normal charges, such charges may be chargeable to the supplier. This could include, but not limited to, items such as shipment delays, split or incomplete shipments, freight damage caused by the supplier neglect.  Specific </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Quality Management Notifications (QMN) may be </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and applicable charges apply. </w:t>
+        <w:t xml:space="preserve">Quality Management Notifications (QMN) may be written and applicable charges apply. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A505564" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Packing Slip </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36E8BD3D" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00FD6B8C">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">All shipments from suppliers must include a packing slip and bill of lading. Packing lists can be attached to the product being shipped. It must be in an easily attainable and retrievable location without need for unpacking or opening of product </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">(s). If you are using Supply sync’s ASN process, you are required to print and use the Packing List and Pack Label offered in the Transportation Planning tool.  </w:t>
+        <w:t xml:space="preserve">All shipments from suppliers must include a packing slip and bill of lading. Packing lists can be attached to the product being shipped. It must be in an easily attainable and retrievable location without need for unpacking or opening of product container(s). If you are using Supply sync’s ASN process, you are required to print and use the Packing List and Pack Label offered in the Transportation Planning tool.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19B093D2" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(See example below) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26239DC8" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -30711,69 +27537,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="64032FDA" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">PO </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> quantity being shipped. </w:t>
+        <w:t xml:space="preserve">PO line item quantity being shipped. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="694FB3E8" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -30800,60 +27608,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Revision level of product. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19D1C735" w14:textId="0CFBD312" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IF using Advance Shipment Notification process in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004749CE" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SupplySync</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FD40250" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Includes above information plus): </w:t>
       </w:r>
@@ -31078,78 +27884,66 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Destination Door Number </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A12112" w14:textId="44F4C283" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supplier must use </w:t>
+      </w:r>
       <w:r w:rsidR="004749CE" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SupplySync</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> provided Packing List when submitting ASN.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1794B47F" w14:textId="28E8436A" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="007D7453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="787E71C6" w14:textId="77777777" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="004E5FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -31246,65 +28040,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Revision level </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="476000F0" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="308" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Purchase Order &amp; </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> number </w:t>
+        <w:t xml:space="preserve">Purchase Order &amp; line item number </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4910D991" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="308" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Steelcase contact name (Purchase Group Contact) with phone number </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26777C79" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:numPr>
@@ -31332,147 +28112,119 @@
         </w:numPr>
         <w:spacing w:after="0" w:line="308" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Batch number, if applicable </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B8F7FD9" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="308" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Shelf Life</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Expiration Date, if applicable </w:t>
+        <w:t xml:space="preserve">Shelf Life Expiration Date, if applicable </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B28AE7A" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="308" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Special storage instruction, if applicable </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72BA67E4" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="00214144">
       <w:pPr>
         <w:pStyle w:val="CM54"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="308" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Shelf life</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> expiration date, if applicable. </w:t>
+        <w:t xml:space="preserve">Shelf life expiration date, if applicable. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25DFA8A6" w14:textId="74C71F31" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="004E5FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00986052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supplier must use </w:t>
+      </w:r>
       <w:r w:rsidR="004749CE" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SupplySync</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> provided Packing Label when submitting ASN.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00C1FF9B" w14:textId="45D41BAB" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="004E5FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EBF9389" w14:textId="77777777" w:rsidR="00866421" w:rsidRPr="00986052" w:rsidRDefault="00866421" w:rsidP="004E5FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -31589,71 +28341,51 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In certain </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> the supplier will be requested to sort by P.O. number or by </w:t>
+        <w:t xml:space="preserve">In certain instances the supplier will be requested to sort by P.O. number or by </w:t>
       </w:r>
       <w:r w:rsidR="00AE042A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>regional distribution</w:t>
       </w:r>
       <w:r w:rsidRPr="00F133B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> center.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC24AE4" w14:textId="722943CA" w:rsidR="00866421" w:rsidRPr="00986052" w:rsidRDefault="00F133B0" w:rsidP="00506383">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -31761,69 +28493,58 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>below)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15BDD074" w14:textId="5BE1D8DC" w:rsidR="00866421" w:rsidRPr="00F133B0" w:rsidRDefault="00866421" w:rsidP="00F133B0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mock up</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> orders are always to be loaded last, at the tail of the trailer, with the label</w:t>
+        <w:t>Mock up orders are always to be loaded last, at the tail of the trailer, with the label</w:t>
       </w:r>
       <w:r w:rsidR="006E42F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E42F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>copied/printed on “rocket red” paper (provided by your Steelcase FG Planner) in clear</w:t>
       </w:r>
       <w:r w:rsidR="00F133B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -32197,51 +28918,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3785AF93" wp14:editId="7A1F432C">
             <wp:extent cx="5943600" cy="2516109"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="10" name="Picture 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32">
+                    <a:blip r:embed="rId31">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="2516109"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -32315,76 +29036,66 @@
         </w:rPr>
         <w:t xml:space="preserve">Required information includes: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45281CA0" w14:textId="77777777" w:rsidR="004749CE" w:rsidRPr="00986052" w:rsidRDefault="004749CE" w:rsidP="004749CE">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A3D8A57" w14:textId="77777777" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="004749CE">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Clearly,</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> identify the Bill of Lading document. </w:t>
+        <w:t xml:space="preserve">Clearly, identify the Bill of Lading document. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05F11748" w14:textId="7FBA5D89" w:rsidR="007D7453" w:rsidRPr="00986052" w:rsidRDefault="007D7453" w:rsidP="004749CE">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -32710,60 +29421,58 @@
         <w:spacing w:before="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Bill of Lading document not provided in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004749CE" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SupplySync</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4408E27E" w14:textId="77777777" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="004E5FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23E5E68C" w14:textId="77777777" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="004E5FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -32996,69 +29705,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The MPA also requires the supplier to indemnify Steelcase Inc. and hold it harmless from any claims, costs, liabilities, expenses</w:t>
       </w:r>
       <w:r w:rsidR="00981384" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or fines incurred </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> inaccuracies or omissions in the import/export, other trade regulation or certification or any other relevant requirement.</w:t>
+        <w:t xml:space="preserve"> or fines incurred as a result of inaccuracies or omissions in the import/export, other trade regulation or certification or any other relevant requirement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17AA11FA" w14:textId="77777777" w:rsidR="00F179A8" w:rsidRPr="00986052" w:rsidRDefault="00F179A8" w:rsidP="00075328">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72805592" w14:textId="0F7925C8" w:rsidR="00F179A8" w:rsidRPr="00986052" w:rsidRDefault="00F179A8" w:rsidP="00075328">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -33342,69 +30033,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To comply with various Free Trade Agreements, Steelcase must obtain information from the manufacturer of the product </w:t>
       </w:r>
       <w:r w:rsidR="001E7C32" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> satisfy the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> requirements.</w:t>
+        <w:t xml:space="preserve"> satisfy the country of origin requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49CE88DE" w14:textId="77777777" w:rsidR="00F179A8" w:rsidRPr="00986052" w:rsidRDefault="00F179A8" w:rsidP="00075328">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1365854B" w14:textId="6C9E51DC" w:rsidR="00F179A8" w:rsidRPr="00986052" w:rsidRDefault="22C0BB38" w:rsidP="50EBEC3A">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -33420,69 +30093,51 @@
         </w:rPr>
         <w:t>Steelcase</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> obtain certificates of origin from all suppliers of components used to produce finished products being sold by </w:t>
       </w:r>
       <w:r w:rsidR="5A310F88" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steelcase</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in those countries. The Steelcase Global Trade Compliance department will contact suppliers to complete the necessary paperwork. Suppliers are required to assign the harmonized Tariff Code (HTS) numbers and the country of origin (CO) to all items. Also, the Preference Criteria Code (PCC) must be identified for all USMCA eligible items. If the supplier fails to provide the above information at the time Steelcase requests it, there may be fees assessed </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the supplier for non-conformance</w:t>
+        <w:t xml:space="preserve"> in those countries. The Steelcase Global Trade Compliance department will contact suppliers to complete the necessary paperwork. Suppliers are required to assign the harmonized Tariff Code (HTS) numbers and the country of origin (CO) to all items. Also, the Preference Criteria Code (PCC) must be identified for all USMCA eligible items. If the supplier fails to provide the above information at the time Steelcase requests it, there may be fees assessed to the supplier for non-conformance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38B73D27" w14:textId="77777777" w:rsidR="00F179A8" w:rsidRPr="00986052" w:rsidRDefault="00F179A8" w:rsidP="00F179A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68B1CFC4" w14:textId="77B25B66" w:rsidR="00F179A8" w:rsidRPr="00986052" w:rsidRDefault="22C0BB38" w:rsidP="50EBEC3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -33772,105 +30427,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>maintain security programs that meet the requirements of the Customs Trade Partner Against Terrorism (CTPAT) program of U.S. Customs and Border Protection, or similar government supply chain security program</w:t>
       </w:r>
       <w:r w:rsidR="004247D6" w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> such as </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> (OEA – Mexico) or Authorized Economic Operator (AEO – Europe)</w:t>
+        <w:t xml:space="preserve"> such as Operador Economico Autorizado (OEA – Mexico) or Authorized Economic Operator (AEO – Europe)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="272D88BA" w14:textId="77777777" w:rsidR="00CA01CD" w:rsidRPr="00986052" w:rsidRDefault="00CA01CD" w:rsidP="00CA01CD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -34096,69 +30697,51 @@
     <w:p w14:paraId="713BB7B4" w14:textId="7E7A8C5B" w:rsidR="50EBEC3A" w:rsidRPr="00986052" w:rsidRDefault="50EBEC3A" w:rsidP="50EBEC3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C67CFE9" w14:textId="192D7EDC" w:rsidR="50EBEC3A" w:rsidRPr="00986052" w:rsidRDefault="50EBEC3A" w:rsidP="50EBEC3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Forced Labor occurs when individuals are compelled against their will to provide work or service </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> force, fraud or coercion. This crime can happen both in the United States and overseas.  </w:t>
+        <w:t xml:space="preserve">Forced Labor occurs when individuals are compelled against their will to provide work or service through the use of force, fraud or coercion. This crime can happen both in the United States and overseas.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="541EAD24" w14:textId="7E67707F" w:rsidR="50EBEC3A" w:rsidRPr="00986052" w:rsidRDefault="50EBEC3A" w:rsidP="50EBEC3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Customs &amp; Border Protection (CBP) are responsible for preventing the entry of products made with forced labor into the US Market by investigating and acting upon allegations of forced labor in supply chains.  Steelcase may need to work with the supplier(s) to verify that no forced labor is being used in their products (whole or in part) to the United States. Suppliers are required to help with this investigation. This means the suppliers will need to provide proof from</w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -34442,103 +31025,103 @@
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>EXHIBITS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="764AD7FB" w14:textId="77777777" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="004E5FCC" w:rsidP="004E5FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="304CC234" w14:textId="0317EB0E" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="006B5817" w:rsidP="004E5FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="ppap"/>
+      <w:bookmarkStart w:id="3" w:name="ppap"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47A12857" wp14:editId="2F873B61">
             <wp:extent cx="5943600" cy="5980432"/>
             <wp:effectExtent l="0" t="0" r="0" b="1270"/>
             <wp:docPr id="20" name="Picture 20"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 20"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33">
+                    <a:blip r:embed="rId32">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="5980432"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="0BC30ED9" w14:textId="51DA0E53" w:rsidR="006B5817" w:rsidRPr="00986052" w:rsidRDefault="006B5817">
       <w:pPr>
         <w:spacing w:before="0" w:after="240" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3564556D" w14:textId="437D4DA7" w:rsidR="004E5FCC" w:rsidRPr="00986052" w:rsidRDefault="108D3CA2" w:rsidP="004E5FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -34549,51 +31132,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73153E36" wp14:editId="4645EB74">
             <wp:extent cx="5943600" cy="7690483"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="7" name="Picture 7" descr="Control Plan Example.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34">
+                    <a:blip r:embed="rId33">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm rot="10800000">
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="7690483"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -34832,63 +31415,52 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>Quantity rejected 10,800  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F993349" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>P.O.'s being </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>P.O.'s being debited;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="23514A8B" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4502146078 line 1 – 3,000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A573DE" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -35139,418 +31711,158 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>**************************************************************************   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CE96EF1" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>*The Corrective Action Response Should Include Answers </w:t>
-[...39 lines deleted...]
-        <w:t> Content        </w:t>
+        <w:t>*The Corrective Action Response Should Include Answers To The Content        </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3251E23A" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Below. Suppliers May Use This Form </w:t>
-[...59 lines deleted...]
-        <w:t>                                                                                               </w:t>
+        <w:t>Below. Suppliers May Use This Form Or Equivalent To Reply.*                                                                                               </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t>Corrective Action Response Not Received Within 14 Calendar Days </w:t>
-[...19 lines deleted...]
-        <w:t> The </w:t>
+        <w:t>Corrective Action Response Not Received Within 14 Calendar Days Of The </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A609A46" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Origination Date </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> Additional Fees.                </w:t>
+        <w:t xml:space="preserve">Origination Date Of The QMN May Be Subject To Additional Fees.                </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="370B22AE" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>***********************************************************************                                                          </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>*What is the Short-Term Corrective Action Response?_______________________        ___________________________________________________________________________________________________________________________________________________                                                     </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t>What Is The Root Cause? (Please Consider Using </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Determine Root Cause: 5 Whys, 8D, Pareto, Fishbone Diagram, etc.) ___________________________________________________________________________________________________________________________________________________   </w:t>
+        <w:t>What Is The Root Cause? (Please Consider Using The Following Methods To Determine Root Cause: 5 Whys, 8D, Pareto, Fishbone Diagram, etc.) ___________________________________________________________________________________________________________________________________________________   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="413E5057" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>*What Long-Term Permanent Corrective Actions Were Taken </w:t>
-[...39 lines deleted...]
-        <w:t>Please Consider Effects On 5M's: Materials, Methods, Manpower    Machines and Mother Nature.)                                                  ________________________________________________________________________________________________________________________________________________  </w:t>
+        <w:t>*What Long-Term Permanent Corrective Actions Were Taken To Prevent                      Recurrence?(Please Consider Effects On 5M's: Materials, Methods, Manpower    Machines and Mother Nature.)                                                  ________________________________________________________________________________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E9CFF5D" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -35643,71 +31955,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37FD3986" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>*What Error Proofing Methods Were </w:t>
-[...19 lines deleted...]
-        <w:t>__________________________________    </w:t>
+        <w:t>*What Error Proofing Methods Were Used?___________________________________    </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -35736,201 +32028,121 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">     *What Impact Is There </w:t>
-[...19 lines deleted...]
-        <w:t> Similar Products / Processes? ___________________   </w:t>
+        <w:t xml:space="preserve">     *What Impact Is There On Similar Products / Processes? ___________________   </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t> __________________________________________________________________________                          </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t>*What Quality Documents Are Affected, Need Changing? (i.e. Manufacturing Control Plans, Work Instructions, etc.)  Please Attach Revised Documents with Your </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">______________________________________________________    </w:t>
+        <w:t xml:space="preserve">*What Quality Documents Are Affected, Need Changing? (i.e. Manufacturing Control Plans, Work Instructions, etc.)  Please Attach Revised Documents with Your Response._______________________________________________________    </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>*What Evidence of Effectiveness (measures) have been established?  ____________________________________________________________________________________________________________________________________________________                              </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t> *How Was Effectiveness Verified? ___________________________________________________________________________________________________________________                              </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t> Supplier </w:t>
-[...19 lines deleted...]
-        <w:t>______________________________                                                   </w:t>
+        <w:t> Supplier Representative:_______________________________                                                   </w:t>
       </w:r>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t> Date </w:t>
-[...19 lines deleted...]
-        <w:t>_______________________________________                      </w:t>
+        <w:t> Date Submitted:________________________________________                      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0894A000" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Detail item      0001                                                        </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48CADD11" w14:textId="77777777" w:rsidR="0070577D" w:rsidRPr="00986052" w:rsidRDefault="0070577D" w:rsidP="0070577D">
       <w:pPr>
         <w:spacing w:before="0"/>
@@ -36046,140 +32258,140 @@
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="309F0C6A" wp14:editId="15BF7C15">
             <wp:extent cx="5181600" cy="3813521"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="21" name="Picture 21"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 21"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId34"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5188832" cy="3818843"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4316B40B" w14:textId="07AD254B" w:rsidR="00AA3BFA" w:rsidRPr="00986052" w:rsidRDefault="00AA3BFA" w:rsidP="004E5FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="qas"/>
+      <w:bookmarkStart w:id="4" w:name="qas"/>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="187C6193" wp14:editId="3154CD2C">
             <wp:extent cx="5316418" cy="3928809"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="19" name="Picture 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36">
+                    <a:blip r:embed="rId35">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5316418" cy="3928809"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="5A2CB4CA" w14:textId="06394A52" w:rsidR="00230B07" w:rsidRPr="00986052" w:rsidRDefault="00230B07">
       <w:pPr>
         <w:spacing w:before="0" w:after="240" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986052">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="551D5906" w14:textId="1E37F336" w:rsidR="00230B07" w:rsidRPr="00986052" w:rsidRDefault="00B367A9">
       <w:pPr>
         <w:spacing w:before="0" w:after="240" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
@@ -36192,51 +32404,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="692EA072" wp14:editId="4A4BF603">
             <wp:extent cx="5934076" cy="4552950"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="13" name="Picture 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 13"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37">
+                    <a:blip r:embed="rId36">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5934076" cy="4552950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -36271,1071 +32483,1040 @@
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="960"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F92EAF" w:rsidRPr="00986052" w14:paraId="16B41A7F" w14:textId="77777777" w:rsidTr="00F92EAF">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4216B66C" w14:textId="49C64CC4" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="ltcp"/>
+            <w:bookmarkStart w:id="5" w:name="ltcp"/>
             <w:r w:rsidRPr="00986052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C611B02" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34560A66" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63D9A978" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30474633" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="395CD1B1" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38E551DC" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5082479A" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3101C141" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B5F9A14" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0DA6C557" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51ED4670" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F92EAF" w:rsidRPr="00986052" w14:paraId="5A050446" w14:textId="77777777" w:rsidTr="00F92EAF">
         <w:trPr>
           <w:gridAfter w:val="5"/>
           <w:wAfter w:w="4800" w:type="dxa"/>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29740841" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="636D7470" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7918C9D2" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47037506" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6AAD4B35" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="152B1CE7" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32008BEE" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F92EAF" w:rsidRPr="00986052" w14:paraId="4C2898DD" w14:textId="77777777" w:rsidTr="00F92EAF">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="410AEB5C" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AF3F513" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C0DC3C6" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="171C7606" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39E877A8" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="264339B4" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C0987C7" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14AAD1E2" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="784296DA" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2DA21B8A" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F0737CD" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="12F495EE" w14:textId="77777777" w:rsidR="00F92EAF" w:rsidRPr="00986052" w:rsidRDefault="00F92EAF" w:rsidP="00F92EAF">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="6732F4D8" w14:textId="77777777" w:rsidR="00230B07" w:rsidRPr="00986052" w:rsidRDefault="00230B07" w:rsidP="00F92EAF">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00230B07" w:rsidRPr="00986052">
-      <w:footerReference w:type="default" r:id="rId38"/>
-      <w:footerReference w:type="first" r:id="rId39"/>
+      <w:footerReference w:type="default" r:id="rId37"/>
+      <w:footerReference w:type="first" r:id="rId38"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="576" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03A5C956" w14:textId="77777777" w:rsidR="001F491A" w:rsidRDefault="001F491A">
+    <w:p w14:paraId="76C67831" w14:textId="77777777" w:rsidR="002911DF" w:rsidRDefault="002911DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A29A29D" w14:textId="77777777" w:rsidR="001F491A" w:rsidRDefault="001F491A"/>
+    <w:p w14:paraId="36FDE1C5" w14:textId="77777777" w:rsidR="002911DF" w:rsidRDefault="002911DF"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="700CB648" w14:textId="77777777" w:rsidR="001F491A" w:rsidRDefault="001F491A">
+    <w:p w14:paraId="3AE6034E" w14:textId="77777777" w:rsidR="002911DF" w:rsidRDefault="002911DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B9D8ED" w14:textId="77777777" w:rsidR="001F491A" w:rsidRDefault="001F491A"/>
+    <w:p w14:paraId="251996FD" w14:textId="77777777" w:rsidR="002911DF" w:rsidRDefault="002911DF"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="56559380" w14:textId="77777777" w:rsidR="001F491A" w:rsidRDefault="001F491A">
+    <w:p w14:paraId="6F1D1113" w14:textId="77777777" w:rsidR="002911DF" w:rsidRDefault="002911DF">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -37359,68 +33540,68 @@
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       <w:tblDescription w:val="Footer table with date, document title, and page number"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1404"/>
       <w:gridCol w:w="6552"/>
       <w:gridCol w:w="1404"/>
     </w:tblGrid>
     <w:tr w:rsidR="00B868E9" w14:paraId="758E5158" w14:textId="77777777">
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Date"/>
           <w:tag w:val=""/>
           <w:id w:val="-1726279576"/>
           <w:placeholder>
             <w:docPart w:val="460CFC8A5FDA49A6A39A6DCE7AFA206F"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
-          <w:date w:fullDate="2025-09-01T00:00:00Z">
+          <w:date w:fullDate="2026-01-15T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="750" w:type="pct"/>
             </w:tcPr>
-            <w:p w14:paraId="10BA9550" w14:textId="7A81BD82" w:rsidR="00B868E9" w:rsidRDefault="006E16D4">
+            <w:p w14:paraId="10BA9550" w14:textId="4DAAFE45" w:rsidR="00B868E9" w:rsidRDefault="00516A8E">
               <w:pPr>
                 <w:pStyle w:val="Footer"/>
               </w:pPr>
               <w:r>
-                <w:t>9/1/2025</w:t>
+                <w:t>1/15/2026</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3500" w:type="pct"/>
         </w:tcPr>
         <w:p w14:paraId="60FEC88C" w14:textId="3FF2307F" w:rsidR="00B868E9" w:rsidRDefault="00000000" w:rsidP="00181393">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:alias w:val="Title"/>
               <w:tag w:val=""/>
               <w:id w:val="-1338775667"/>
               <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
               <w:text/>
             </w:sdtPr>
@@ -37491,67 +33672,67 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="582D79C7" w14:textId="63A5B01E" w:rsidR="00B868E9" w:rsidRDefault="00B868E9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="66624D28" w14:textId="6436E4B3" w:rsidR="00B868E9" w:rsidRDefault="00B868E9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="28F099D2" w14:textId="77777777" w:rsidR="00B868E9" w:rsidRDefault="00B868E9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E7A990B" w14:textId="77777777" w:rsidR="001F491A" w:rsidRDefault="001F491A">
+    <w:p w14:paraId="524D2C56" w14:textId="77777777" w:rsidR="002911DF" w:rsidRDefault="002911DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="604DF750" w14:textId="77777777" w:rsidR="001F491A" w:rsidRDefault="001F491A"/>
+    <w:p w14:paraId="75AAC78A" w14:textId="77777777" w:rsidR="002911DF" w:rsidRDefault="002911DF"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19CFEDFB" w14:textId="77777777" w:rsidR="001F491A" w:rsidRDefault="001F491A">
+    <w:p w14:paraId="66453455" w14:textId="77777777" w:rsidR="002911DF" w:rsidRDefault="002911DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E963E3" w14:textId="77777777" w:rsidR="001F491A" w:rsidRDefault="001F491A"/>
+    <w:p w14:paraId="07F59805" w14:textId="77777777" w:rsidR="002911DF" w:rsidRDefault="002911DF"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6F036DFB" w14:textId="77777777" w:rsidR="001F491A" w:rsidRDefault="001F491A">
+    <w:p w14:paraId="65FF7A97" w14:textId="77777777" w:rsidR="002911DF" w:rsidRDefault="002911DF">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="Gb61P8VXp8ty6W" int2:id="A9aWqFWC">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="n5W5jGRTcAWWic" int2:id="uxu3ybI1">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:bookmark int2:bookmarkName="_Int_8oAdVwYX" int2:invalidationBookmarkName="" int2:hashCode="VrJJVFSLqpPlMm" int2:id="wteNpm4a">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
@@ -43167,51 +39348,51 @@
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="43"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Niemann, William">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::WNIEMANN@steelcase.com::ab85b830-72d7-40b4-85e0-c95ee0ffa22a"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -43254,143 +39435,148 @@
     <w:rsid w:val="000F1C89"/>
     <w:rsid w:val="000F6E85"/>
     <w:rsid w:val="001034F0"/>
     <w:rsid w:val="00105ECF"/>
     <w:rsid w:val="00115AF2"/>
     <w:rsid w:val="00126D5E"/>
     <w:rsid w:val="00127BE0"/>
     <w:rsid w:val="00130B8F"/>
     <w:rsid w:val="00135F96"/>
     <w:rsid w:val="00136989"/>
     <w:rsid w:val="00136BE2"/>
     <w:rsid w:val="00136D64"/>
     <w:rsid w:val="0014276E"/>
     <w:rsid w:val="001476BA"/>
     <w:rsid w:val="00147DD8"/>
     <w:rsid w:val="00151B45"/>
     <w:rsid w:val="00156118"/>
     <w:rsid w:val="001567DA"/>
     <w:rsid w:val="00163582"/>
     <w:rsid w:val="00170215"/>
     <w:rsid w:val="00171F0B"/>
     <w:rsid w:val="001776B4"/>
     <w:rsid w:val="00181393"/>
     <w:rsid w:val="00181692"/>
     <w:rsid w:val="00187030"/>
+    <w:rsid w:val="0018780A"/>
     <w:rsid w:val="00191226"/>
     <w:rsid w:val="00191C49"/>
     <w:rsid w:val="001938E1"/>
     <w:rsid w:val="001A508E"/>
     <w:rsid w:val="001A538E"/>
     <w:rsid w:val="001A5A9D"/>
     <w:rsid w:val="001A72B6"/>
     <w:rsid w:val="001B109E"/>
     <w:rsid w:val="001B2595"/>
     <w:rsid w:val="001B3D7C"/>
     <w:rsid w:val="001B6622"/>
     <w:rsid w:val="001B7820"/>
     <w:rsid w:val="001BA20D"/>
     <w:rsid w:val="001D0E6F"/>
     <w:rsid w:val="001D10A8"/>
     <w:rsid w:val="001D5748"/>
     <w:rsid w:val="001D665B"/>
     <w:rsid w:val="001D67A4"/>
     <w:rsid w:val="001E04E9"/>
     <w:rsid w:val="001E2F62"/>
     <w:rsid w:val="001E5673"/>
     <w:rsid w:val="001E7C32"/>
     <w:rsid w:val="001F491A"/>
     <w:rsid w:val="00200514"/>
     <w:rsid w:val="0020087D"/>
+    <w:rsid w:val="00200BC2"/>
     <w:rsid w:val="00201E7E"/>
     <w:rsid w:val="00202DEC"/>
     <w:rsid w:val="002038BE"/>
     <w:rsid w:val="00203A4A"/>
     <w:rsid w:val="00210C1F"/>
     <w:rsid w:val="002129A0"/>
     <w:rsid w:val="00214144"/>
     <w:rsid w:val="0021636B"/>
     <w:rsid w:val="00220BBD"/>
     <w:rsid w:val="00222120"/>
     <w:rsid w:val="00224204"/>
     <w:rsid w:val="00225430"/>
     <w:rsid w:val="002303E4"/>
     <w:rsid w:val="00230B07"/>
     <w:rsid w:val="00231E2B"/>
     <w:rsid w:val="0023485B"/>
     <w:rsid w:val="0024086D"/>
     <w:rsid w:val="00240B71"/>
     <w:rsid w:val="0024205D"/>
     <w:rsid w:val="002449C5"/>
     <w:rsid w:val="00244BC2"/>
+    <w:rsid w:val="00247E13"/>
     <w:rsid w:val="002535D6"/>
     <w:rsid w:val="00253DDB"/>
     <w:rsid w:val="00256802"/>
     <w:rsid w:val="0026505F"/>
     <w:rsid w:val="002651F7"/>
     <w:rsid w:val="002728A8"/>
     <w:rsid w:val="00274AA5"/>
     <w:rsid w:val="00280B13"/>
     <w:rsid w:val="00283190"/>
     <w:rsid w:val="002873F6"/>
+    <w:rsid w:val="002911DF"/>
     <w:rsid w:val="00293200"/>
     <w:rsid w:val="00293A6D"/>
     <w:rsid w:val="00293CF1"/>
     <w:rsid w:val="002963F8"/>
     <w:rsid w:val="002A3F0A"/>
     <w:rsid w:val="002B4B07"/>
     <w:rsid w:val="002B5201"/>
     <w:rsid w:val="002B6451"/>
     <w:rsid w:val="002C1905"/>
     <w:rsid w:val="002C2EB3"/>
     <w:rsid w:val="002C4064"/>
     <w:rsid w:val="002C50DD"/>
     <w:rsid w:val="002C7E56"/>
     <w:rsid w:val="002D6388"/>
     <w:rsid w:val="002D676A"/>
     <w:rsid w:val="002E0C1F"/>
     <w:rsid w:val="002E3CEF"/>
     <w:rsid w:val="002E4222"/>
     <w:rsid w:val="002E60DF"/>
     <w:rsid w:val="002E6F31"/>
     <w:rsid w:val="002F19EB"/>
     <w:rsid w:val="002F1C2B"/>
     <w:rsid w:val="002F58D1"/>
     <w:rsid w:val="002F6D26"/>
     <w:rsid w:val="002F6F5C"/>
     <w:rsid w:val="002F79FD"/>
     <w:rsid w:val="003056F5"/>
     <w:rsid w:val="00305741"/>
     <w:rsid w:val="00313FA9"/>
     <w:rsid w:val="00321928"/>
     <w:rsid w:val="003226EE"/>
     <w:rsid w:val="00326770"/>
     <w:rsid w:val="00327E63"/>
     <w:rsid w:val="00332E7B"/>
     <w:rsid w:val="00334DB6"/>
     <w:rsid w:val="00335A2D"/>
     <w:rsid w:val="00340462"/>
+    <w:rsid w:val="00340C35"/>
     <w:rsid w:val="0034105D"/>
     <w:rsid w:val="00341825"/>
     <w:rsid w:val="00355021"/>
     <w:rsid w:val="003615D7"/>
     <w:rsid w:val="00362A21"/>
     <w:rsid w:val="00362A76"/>
     <w:rsid w:val="00370700"/>
     <w:rsid w:val="003819F6"/>
     <w:rsid w:val="00382EED"/>
     <w:rsid w:val="00383C96"/>
     <w:rsid w:val="003867A0"/>
     <w:rsid w:val="00386B41"/>
     <w:rsid w:val="003944DC"/>
     <w:rsid w:val="003975B0"/>
     <w:rsid w:val="003A0469"/>
     <w:rsid w:val="003B004F"/>
     <w:rsid w:val="003B0EB9"/>
     <w:rsid w:val="003B1973"/>
     <w:rsid w:val="003B2557"/>
     <w:rsid w:val="003B51DA"/>
     <w:rsid w:val="003B6898"/>
     <w:rsid w:val="003B7384"/>
     <w:rsid w:val="003C119B"/>
     <w:rsid w:val="003C3DCC"/>
     <w:rsid w:val="003D0720"/>
@@ -43412,115 +39598,119 @@
     <w:rsid w:val="00417678"/>
     <w:rsid w:val="004216F1"/>
     <w:rsid w:val="00421EDA"/>
     <w:rsid w:val="004247D6"/>
     <w:rsid w:val="004248B7"/>
     <w:rsid w:val="00425879"/>
     <w:rsid w:val="00433077"/>
     <w:rsid w:val="00436A7A"/>
     <w:rsid w:val="00436EB0"/>
     <w:rsid w:val="004377C8"/>
     <w:rsid w:val="00453018"/>
     <w:rsid w:val="00456326"/>
     <w:rsid w:val="004570FD"/>
     <w:rsid w:val="00465EB4"/>
     <w:rsid w:val="0046689E"/>
     <w:rsid w:val="00470A87"/>
     <w:rsid w:val="0047340E"/>
     <w:rsid w:val="00474007"/>
     <w:rsid w:val="00474238"/>
     <w:rsid w:val="004745CE"/>
     <w:rsid w:val="004749CE"/>
     <w:rsid w:val="00491805"/>
     <w:rsid w:val="00492F9A"/>
     <w:rsid w:val="00494C79"/>
     <w:rsid w:val="00496CB6"/>
+    <w:rsid w:val="004A1EA5"/>
+    <w:rsid w:val="004A2BE5"/>
     <w:rsid w:val="004B3AB0"/>
     <w:rsid w:val="004B7208"/>
     <w:rsid w:val="004B723D"/>
     <w:rsid w:val="004C78AE"/>
     <w:rsid w:val="004D037A"/>
     <w:rsid w:val="004D34AF"/>
     <w:rsid w:val="004E3AC5"/>
     <w:rsid w:val="004E448D"/>
     <w:rsid w:val="004E5F06"/>
     <w:rsid w:val="004E5FCC"/>
     <w:rsid w:val="004E7C8E"/>
     <w:rsid w:val="004F5944"/>
     <w:rsid w:val="005044D0"/>
     <w:rsid w:val="005048F6"/>
     <w:rsid w:val="00506033"/>
     <w:rsid w:val="00506383"/>
     <w:rsid w:val="00506CBF"/>
     <w:rsid w:val="005078E7"/>
+    <w:rsid w:val="00516A8E"/>
     <w:rsid w:val="00517314"/>
     <w:rsid w:val="00517404"/>
     <w:rsid w:val="005216DB"/>
     <w:rsid w:val="00521876"/>
     <w:rsid w:val="005316C6"/>
     <w:rsid w:val="00535695"/>
     <w:rsid w:val="00544E08"/>
     <w:rsid w:val="0054649B"/>
     <w:rsid w:val="005512E0"/>
     <w:rsid w:val="00551AD8"/>
     <w:rsid w:val="00552563"/>
     <w:rsid w:val="005528F2"/>
     <w:rsid w:val="00556D4D"/>
     <w:rsid w:val="0056547C"/>
     <w:rsid w:val="00570086"/>
     <w:rsid w:val="00575F52"/>
     <w:rsid w:val="00587E73"/>
     <w:rsid w:val="005966F5"/>
     <w:rsid w:val="005B092E"/>
     <w:rsid w:val="005B6FE9"/>
     <w:rsid w:val="005C0877"/>
     <w:rsid w:val="005C6FBB"/>
     <w:rsid w:val="005D0C10"/>
     <w:rsid w:val="005D2556"/>
     <w:rsid w:val="005D69C7"/>
     <w:rsid w:val="005E7680"/>
     <w:rsid w:val="005F022A"/>
     <w:rsid w:val="005F44FA"/>
     <w:rsid w:val="005F5059"/>
     <w:rsid w:val="005F7EBB"/>
     <w:rsid w:val="0060499F"/>
     <w:rsid w:val="00605364"/>
     <w:rsid w:val="00607F99"/>
     <w:rsid w:val="006146A2"/>
     <w:rsid w:val="006255E7"/>
     <w:rsid w:val="00625F19"/>
     <w:rsid w:val="00626D4D"/>
     <w:rsid w:val="006339CA"/>
     <w:rsid w:val="00634BBF"/>
     <w:rsid w:val="00635CA7"/>
     <w:rsid w:val="00637100"/>
     <w:rsid w:val="0064281B"/>
     <w:rsid w:val="006449D9"/>
     <w:rsid w:val="00647FE5"/>
     <w:rsid w:val="006525A3"/>
     <w:rsid w:val="00654813"/>
     <w:rsid w:val="00661B37"/>
+    <w:rsid w:val="0066403A"/>
     <w:rsid w:val="00664A39"/>
     <w:rsid w:val="00665FF3"/>
     <w:rsid w:val="00666392"/>
     <w:rsid w:val="00666805"/>
     <w:rsid w:val="006724E5"/>
     <w:rsid w:val="006738F5"/>
     <w:rsid w:val="0067396E"/>
     <w:rsid w:val="00681C62"/>
     <w:rsid w:val="0069049A"/>
     <w:rsid w:val="00690E79"/>
     <w:rsid w:val="0069176A"/>
     <w:rsid w:val="00693590"/>
     <w:rsid w:val="00695F2F"/>
     <w:rsid w:val="006A6AC9"/>
     <w:rsid w:val="006B4FA2"/>
     <w:rsid w:val="006B5817"/>
     <w:rsid w:val="006B696F"/>
     <w:rsid w:val="006C2A6C"/>
     <w:rsid w:val="006C3493"/>
     <w:rsid w:val="006C70BB"/>
     <w:rsid w:val="006D0490"/>
     <w:rsid w:val="006D0B91"/>
     <w:rsid w:val="006D37DA"/>
     <w:rsid w:val="006D4061"/>
     <w:rsid w:val="006D5D4F"/>
@@ -43544,50 +39734,51 @@
     <w:rsid w:val="0071413F"/>
     <w:rsid w:val="007141AF"/>
     <w:rsid w:val="007173B2"/>
     <w:rsid w:val="0072062F"/>
     <w:rsid w:val="00720C5A"/>
     <w:rsid w:val="00723BAC"/>
     <w:rsid w:val="007242B6"/>
     <w:rsid w:val="00731D54"/>
     <w:rsid w:val="007324E6"/>
     <w:rsid w:val="007362EC"/>
     <w:rsid w:val="007401DA"/>
     <w:rsid w:val="00741829"/>
     <w:rsid w:val="007462FF"/>
     <w:rsid w:val="00753357"/>
     <w:rsid w:val="00771FD4"/>
     <w:rsid w:val="007731E3"/>
     <w:rsid w:val="00773E66"/>
     <w:rsid w:val="00780969"/>
     <w:rsid w:val="00786F50"/>
     <w:rsid w:val="00790367"/>
     <w:rsid w:val="00790985"/>
     <w:rsid w:val="007934A1"/>
     <w:rsid w:val="00793610"/>
     <w:rsid w:val="0079365B"/>
     <w:rsid w:val="00794C1E"/>
+    <w:rsid w:val="00796EA4"/>
     <w:rsid w:val="007A05D8"/>
     <w:rsid w:val="007A0F7C"/>
     <w:rsid w:val="007A2B70"/>
     <w:rsid w:val="007A6C23"/>
     <w:rsid w:val="007B3495"/>
     <w:rsid w:val="007B50BA"/>
     <w:rsid w:val="007C2135"/>
     <w:rsid w:val="007C2CCA"/>
     <w:rsid w:val="007C4C64"/>
     <w:rsid w:val="007C6CA5"/>
     <w:rsid w:val="007D48E4"/>
     <w:rsid w:val="007D7453"/>
     <w:rsid w:val="007E404D"/>
     <w:rsid w:val="007E4F71"/>
     <w:rsid w:val="007F0A54"/>
     <w:rsid w:val="007F3026"/>
     <w:rsid w:val="007F5179"/>
     <w:rsid w:val="0081228D"/>
     <w:rsid w:val="00816960"/>
     <w:rsid w:val="00826716"/>
     <w:rsid w:val="00827CBB"/>
     <w:rsid w:val="00837534"/>
     <w:rsid w:val="0084489A"/>
     <w:rsid w:val="00844ABD"/>
     <w:rsid w:val="00851710"/>
@@ -43615,83 +39806,86 @@
     <w:rsid w:val="008E58E5"/>
     <w:rsid w:val="008F3EBD"/>
     <w:rsid w:val="008F5963"/>
     <w:rsid w:val="008F63EC"/>
     <w:rsid w:val="00902BA8"/>
     <w:rsid w:val="00905A21"/>
     <w:rsid w:val="009125FB"/>
     <w:rsid w:val="00913796"/>
     <w:rsid w:val="00921C39"/>
     <w:rsid w:val="00924871"/>
     <w:rsid w:val="00925414"/>
     <w:rsid w:val="00925FDD"/>
     <w:rsid w:val="0092763D"/>
     <w:rsid w:val="00930553"/>
     <w:rsid w:val="00934F96"/>
     <w:rsid w:val="009417D6"/>
     <w:rsid w:val="00943343"/>
     <w:rsid w:val="0094472B"/>
     <w:rsid w:val="0094578F"/>
     <w:rsid w:val="00951B2B"/>
     <w:rsid w:val="009531C4"/>
     <w:rsid w:val="00953265"/>
     <w:rsid w:val="00955B9C"/>
     <w:rsid w:val="009564E4"/>
     <w:rsid w:val="00956772"/>
+    <w:rsid w:val="00965938"/>
     <w:rsid w:val="00971CA4"/>
     <w:rsid w:val="00973C16"/>
     <w:rsid w:val="00981384"/>
     <w:rsid w:val="00984A5A"/>
     <w:rsid w:val="00986052"/>
     <w:rsid w:val="00986753"/>
     <w:rsid w:val="009A5DD0"/>
     <w:rsid w:val="009B2B9F"/>
     <w:rsid w:val="009C19CF"/>
     <w:rsid w:val="009C631E"/>
     <w:rsid w:val="009C6C2B"/>
     <w:rsid w:val="009D2152"/>
     <w:rsid w:val="009D3752"/>
     <w:rsid w:val="009D4D69"/>
     <w:rsid w:val="009D5075"/>
     <w:rsid w:val="009D60BA"/>
     <w:rsid w:val="009E39C6"/>
     <w:rsid w:val="009E5033"/>
+    <w:rsid w:val="009F0D81"/>
     <w:rsid w:val="009F513A"/>
     <w:rsid w:val="009F623E"/>
     <w:rsid w:val="00A043D7"/>
     <w:rsid w:val="00A059ED"/>
     <w:rsid w:val="00A138E5"/>
     <w:rsid w:val="00A15087"/>
     <w:rsid w:val="00A17892"/>
     <w:rsid w:val="00A21DFE"/>
     <w:rsid w:val="00A278BC"/>
     <w:rsid w:val="00A327DD"/>
     <w:rsid w:val="00A40807"/>
     <w:rsid w:val="00A431C6"/>
     <w:rsid w:val="00A471DA"/>
     <w:rsid w:val="00A47ABD"/>
     <w:rsid w:val="00A47CF5"/>
+    <w:rsid w:val="00A5230E"/>
     <w:rsid w:val="00A52FF5"/>
     <w:rsid w:val="00A531B6"/>
     <w:rsid w:val="00A55196"/>
     <w:rsid w:val="00A60112"/>
     <w:rsid w:val="00A62037"/>
     <w:rsid w:val="00A62FB3"/>
     <w:rsid w:val="00A667BF"/>
     <w:rsid w:val="00A70CBD"/>
     <w:rsid w:val="00A727EF"/>
     <w:rsid w:val="00A76A43"/>
     <w:rsid w:val="00A7773E"/>
     <w:rsid w:val="00A85284"/>
     <w:rsid w:val="00A96135"/>
     <w:rsid w:val="00AA1861"/>
     <w:rsid w:val="00AA21C1"/>
     <w:rsid w:val="00AA3BFA"/>
     <w:rsid w:val="00AB0599"/>
     <w:rsid w:val="00AB1889"/>
     <w:rsid w:val="00AB7280"/>
     <w:rsid w:val="00AC2EF0"/>
     <w:rsid w:val="00AC2F0C"/>
     <w:rsid w:val="00AC5868"/>
     <w:rsid w:val="00AC591B"/>
     <w:rsid w:val="00AC778F"/>
     <w:rsid w:val="00AD1364"/>
@@ -43785,146 +39979,150 @@
     <w:rsid w:val="00C9546B"/>
     <w:rsid w:val="00C9BEAF"/>
     <w:rsid w:val="00CA01CD"/>
     <w:rsid w:val="00CA33E1"/>
     <w:rsid w:val="00CA4EA3"/>
     <w:rsid w:val="00CB28D8"/>
     <w:rsid w:val="00CB38C1"/>
     <w:rsid w:val="00CB4744"/>
     <w:rsid w:val="00CB7C85"/>
     <w:rsid w:val="00CC11A6"/>
     <w:rsid w:val="00CD10D4"/>
     <w:rsid w:val="00CD3B79"/>
     <w:rsid w:val="00CD74EF"/>
     <w:rsid w:val="00CE09FA"/>
     <w:rsid w:val="00CE3FE3"/>
     <w:rsid w:val="00CF0ED7"/>
     <w:rsid w:val="00CF5215"/>
     <w:rsid w:val="00CF5D11"/>
     <w:rsid w:val="00D02087"/>
     <w:rsid w:val="00D021F0"/>
     <w:rsid w:val="00D0286C"/>
     <w:rsid w:val="00D03261"/>
     <w:rsid w:val="00D05C83"/>
     <w:rsid w:val="00D06809"/>
     <w:rsid w:val="00D06F1F"/>
+    <w:rsid w:val="00D108D1"/>
     <w:rsid w:val="00D11B7B"/>
     <w:rsid w:val="00D12814"/>
     <w:rsid w:val="00D14BC3"/>
     <w:rsid w:val="00D154CF"/>
     <w:rsid w:val="00D16B66"/>
     <w:rsid w:val="00D2137E"/>
     <w:rsid w:val="00D22C1C"/>
     <w:rsid w:val="00D26B1F"/>
     <w:rsid w:val="00D31FFB"/>
     <w:rsid w:val="00D3769B"/>
     <w:rsid w:val="00D4587E"/>
     <w:rsid w:val="00D47158"/>
     <w:rsid w:val="00D502D0"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D514C3"/>
     <w:rsid w:val="00D5716D"/>
     <w:rsid w:val="00D607A7"/>
+    <w:rsid w:val="00D62A13"/>
     <w:rsid w:val="00D64628"/>
     <w:rsid w:val="00D72D93"/>
     <w:rsid w:val="00D77418"/>
     <w:rsid w:val="00D87162"/>
     <w:rsid w:val="00D8789A"/>
     <w:rsid w:val="00DA1C4C"/>
     <w:rsid w:val="00DA356C"/>
     <w:rsid w:val="00DA51B2"/>
     <w:rsid w:val="00DA741E"/>
     <w:rsid w:val="00DA7473"/>
     <w:rsid w:val="00DB23CA"/>
     <w:rsid w:val="00DC024F"/>
     <w:rsid w:val="00DC46B3"/>
     <w:rsid w:val="00DD3034"/>
     <w:rsid w:val="00DD32E0"/>
     <w:rsid w:val="00DD4913"/>
     <w:rsid w:val="00DD71F2"/>
     <w:rsid w:val="00DE58E8"/>
     <w:rsid w:val="00DE7877"/>
     <w:rsid w:val="00E02138"/>
     <w:rsid w:val="00E04F48"/>
     <w:rsid w:val="00E076E1"/>
     <w:rsid w:val="00E123A6"/>
     <w:rsid w:val="00E12CBC"/>
     <w:rsid w:val="00E135C3"/>
     <w:rsid w:val="00E206E9"/>
     <w:rsid w:val="00E22286"/>
     <w:rsid w:val="00E2728C"/>
     <w:rsid w:val="00E27F65"/>
     <w:rsid w:val="00E350D7"/>
     <w:rsid w:val="00E4184A"/>
     <w:rsid w:val="00E44106"/>
     <w:rsid w:val="00E52B69"/>
+    <w:rsid w:val="00E56497"/>
     <w:rsid w:val="00E57C30"/>
     <w:rsid w:val="00E7005E"/>
     <w:rsid w:val="00E73019"/>
     <w:rsid w:val="00E731C0"/>
     <w:rsid w:val="00E76A0B"/>
     <w:rsid w:val="00E81F7B"/>
     <w:rsid w:val="00E83BC1"/>
     <w:rsid w:val="00E87EB6"/>
     <w:rsid w:val="00E948C5"/>
     <w:rsid w:val="00E9490D"/>
     <w:rsid w:val="00E95AC8"/>
     <w:rsid w:val="00E9662E"/>
     <w:rsid w:val="00EA5AF2"/>
     <w:rsid w:val="00EB45A8"/>
     <w:rsid w:val="00EB61D8"/>
     <w:rsid w:val="00EB7280"/>
     <w:rsid w:val="00EC0498"/>
     <w:rsid w:val="00EC1E7F"/>
     <w:rsid w:val="00EC4B19"/>
     <w:rsid w:val="00EC54BC"/>
     <w:rsid w:val="00EC55F9"/>
     <w:rsid w:val="00EC5B6E"/>
     <w:rsid w:val="00ED4779"/>
     <w:rsid w:val="00EE7DC1"/>
     <w:rsid w:val="00EF1FF4"/>
     <w:rsid w:val="00EF33D4"/>
     <w:rsid w:val="00F01FEF"/>
     <w:rsid w:val="00F02E8A"/>
     <w:rsid w:val="00F07A2F"/>
     <w:rsid w:val="00F1276A"/>
     <w:rsid w:val="00F133B0"/>
     <w:rsid w:val="00F179A8"/>
     <w:rsid w:val="00F2325A"/>
     <w:rsid w:val="00F233E1"/>
     <w:rsid w:val="00F353BD"/>
     <w:rsid w:val="00F360A0"/>
     <w:rsid w:val="00F4328E"/>
     <w:rsid w:val="00F43AB5"/>
     <w:rsid w:val="00F454DD"/>
     <w:rsid w:val="00F5521B"/>
     <w:rsid w:val="00F55D6B"/>
     <w:rsid w:val="00F56C85"/>
     <w:rsid w:val="00F67EA9"/>
     <w:rsid w:val="00F71EC2"/>
     <w:rsid w:val="00F776C5"/>
     <w:rsid w:val="00F80498"/>
+    <w:rsid w:val="00F86C47"/>
     <w:rsid w:val="00F90FAB"/>
     <w:rsid w:val="00F92EAF"/>
     <w:rsid w:val="00F952A1"/>
     <w:rsid w:val="00FA6244"/>
     <w:rsid w:val="00FB257B"/>
     <w:rsid w:val="00FB3B73"/>
     <w:rsid w:val="00FB4484"/>
     <w:rsid w:val="00FB5268"/>
     <w:rsid w:val="00FB5D0C"/>
     <w:rsid w:val="00FB7898"/>
     <w:rsid w:val="00FB7915"/>
     <w:rsid w:val="00FC4EE6"/>
     <w:rsid w:val="00FD2717"/>
     <w:rsid w:val="00FD3EF8"/>
     <w:rsid w:val="00FD6B8C"/>
     <w:rsid w:val="00FF049B"/>
     <w:rsid w:val="00FF38E7"/>
     <w:rsid w:val="0102EA1D"/>
     <w:rsid w:val="012AA5D6"/>
     <w:rsid w:val="0169A37B"/>
     <w:rsid w:val="0183DF02"/>
     <w:rsid w:val="01947592"/>
     <w:rsid w:val="01C50B02"/>
     <w:rsid w:val="020BD920"/>
     <w:rsid w:val="021357CA"/>
@@ -48046,51 +44244,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2023777814">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.smartsheet.com/b/form/7806592eb05546788cd375cbcea61a56" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://syncapps.steelcase.com/supplysyncapps/steelcaserfq/public/MasterProductionForm/MasterProductionOrderForm.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.smartsheet.com/b/form/6a42cc580efa4e0785a30486eeac80ed" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csphelp@steelcase.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.emf"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId45" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto10.wdp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.smartsheet.com/b/form/7806592eb05546788cd375cbcea61a56" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scmcontr@steelcase.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId44" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://steelcase.sharepoint.com/sites/SQE/Files/Mock%20Ups/Mock%20up%20cklist_Tier%20Rev.%20A.xlsx?web=1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://steelcase.sharepoint.com/sites/SQE/Files/Mock%20Ups/Mock%20up%20cklist_Tier%20Rev.%20A.xlsx?web=1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.smartsheet.com/b/form/7806592eb05546788cd375cbcea61a56" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://syncapps.steelcase.com/supplysyncapps/steelcaserfq/public/MasterProductionForm/MasterProductionOrderForm.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId40" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csphelp@steelcase.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.smartsheet.com/b/form/6a42cc580efa4e0785a30486eeac80ed" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.emf"/><Relationship Id="rId44" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SCMcontr@steelcase.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.smartsheet.com/b/form/7806592eb05546788cd375cbcea61a56" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scmcontr@steelcase.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId43" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\imoir\AppData\Roaming\Microsoft\Templates\Tactical%20business%20marketing%20plan.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/documenttasks/documenttasks1.xml><?xml version="1.0" encoding="utf-8"?>
 <t:Tasks xmlns:t="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <t:Task id="{B1ADA222-8FBA-45EA-A743-B9FB4DD3DA83}">
     <t:Anchor>
       <t:Comment id="1037126488"/>
     </t:Anchor>
     <t:History>
       <t:Event id="{4D427A18-86C9-4B79-AABC-994EF562CB16}" time="2024-02-26T19:04:06.48Z">
         <t:Attribution userId="S::gcarlen@steelcase.com::e639771d-64c3-4852-94d8-9cd9a5d6e48a" userProvider="AD" userName="Carlen, Gail"/>
         <t:Anchor>
           <t:Comment id="1037126488"/>
         </t:Anchor>
         <t:Create/>
       </t:Event>
       <t:Event id="{15EEA9A1-E80C-4ABA-A306-773F6997F03E}" time="2024-02-26T19:04:06.48Z">
         <t:Attribution userId="S::gcarlen@steelcase.com::e639771d-64c3-4852-94d8-9cd9a5d6e48a" userProvider="AD" userName="Carlen, Gail"/>
         <t:Anchor>
           <t:Comment id="1037126488"/>
         </t:Anchor>
@@ -48158,51 +44356,51 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -48240,84 +44438,91 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D02087"/>
+    <w:rsid w:val="00042E62"/>
     <w:rsid w:val="000D7736"/>
     <w:rsid w:val="000E5B05"/>
     <w:rsid w:val="00136989"/>
+    <w:rsid w:val="0018780A"/>
     <w:rsid w:val="001D48BF"/>
     <w:rsid w:val="00211D95"/>
     <w:rsid w:val="00234A22"/>
     <w:rsid w:val="0030757C"/>
     <w:rsid w:val="00346DC0"/>
     <w:rsid w:val="00375EA3"/>
+    <w:rsid w:val="003A7E06"/>
     <w:rsid w:val="003F4996"/>
     <w:rsid w:val="00470CB9"/>
     <w:rsid w:val="00587E73"/>
     <w:rsid w:val="005B4D4D"/>
     <w:rsid w:val="005C661D"/>
     <w:rsid w:val="005E2556"/>
     <w:rsid w:val="00634BBF"/>
+    <w:rsid w:val="0066403A"/>
     <w:rsid w:val="00687E4E"/>
     <w:rsid w:val="00725F80"/>
     <w:rsid w:val="0076789C"/>
     <w:rsid w:val="00771FD4"/>
     <w:rsid w:val="00773E66"/>
     <w:rsid w:val="007B50BA"/>
     <w:rsid w:val="007C0A40"/>
     <w:rsid w:val="0084291B"/>
     <w:rsid w:val="00896347"/>
     <w:rsid w:val="008A2749"/>
     <w:rsid w:val="009D756B"/>
+    <w:rsid w:val="00A82F6D"/>
     <w:rsid w:val="00AF53D0"/>
     <w:rsid w:val="00B56F86"/>
     <w:rsid w:val="00CF5215"/>
     <w:rsid w:val="00D02087"/>
+    <w:rsid w:val="00D108D1"/>
     <w:rsid w:val="00D15C0E"/>
     <w:rsid w:val="00DA5532"/>
     <w:rsid w:val="00DE7431"/>
+    <w:rsid w:val="00F26D71"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -49015,173 +45220,64 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
-  <PublishDate>2025-09-01T00:00:00</PublishDate>
+  <PublishDate>2026-01-15T00:00:00</PublishDate>
   <Abstract/>
   <CompanyAddress>901 44th street se, grand rapids, mi  499508</CompanyAddress>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...102 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AE3F1A7D0018A743BA6E2F14FAE2A422" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1adc07d93058e4b38dcc412a070a186d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b5f2a62c-60b3-4470-95a0-a2661cd4aeb2" xmlns:ns3="77c80513-f787-43d9-b4de-66eec620d1cd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="42d3182f10fd28d16e5e5a0589ebd5ee" ns2:_="" ns3:_="">
     <xsd:import namespace="b5f2a62c-60b3-4470-95a0-a2661cd4aeb2"/>
     <xsd:import namespace="77c80513-f787-43d9-b4de-66eec620d1cd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b5f2a62c-60b3-4470-95a0-a2661cd4aeb2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -49314,121 +45410,245 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <documentManagement>
+    <SharedWithUsers xmlns="b5f2a62c-60b3-4470-95a0-a2661cd4aeb2">
+      <UserInfo>
+        <DisplayName>Otterbein, John</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Wilmot, Ronald</DisplayName>
+        <AccountId>26</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Lathouwers, Magali</DisplayName>
+        <AccountId>27</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Bordewyk, Douglas</DisplayName>
+        <AccountId>28</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Gates, Brent</DisplayName>
+        <AccountId>29</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Lundquist, Robert</DisplayName>
+        <AccountId>30</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Canalizo Schaal, Carmen</DisplayName>
+        <AccountId>31</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Terry, Tika</DisplayName>
+        <AccountId>32</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Ryan, Kenneth</DisplayName>
+        <AccountId>33</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Mckinney, Stacy</DisplayName>
+        <AccountId>34</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Borgman, William (Bryce)</DisplayName>
+        <AccountId>35</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Tropf, Maeve</DisplayName>
+        <AccountId>36</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Goetzinger, Renee</DisplayName>
+        <AccountId>37</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Golembieski, Brent</DisplayName>
+        <AccountId>12</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Carlen, Gail</DisplayName>
+        <AccountId>9</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Roubal, Ann</DisplayName>
+        <AccountId>38</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nandakumar, Shalini</DisplayName>
+        <AccountId>41</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Norder, Andrew</DisplayName>
+        <AccountId>45</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Ludwig, Derek</DisplayName>
+        <AccountId>48</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BDBE1E6-E910-4F77-8439-7E08C5AE48D4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{017F3A45-C030-4C45-B621-6088F76C804C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61A1FC9C-38A2-41CC-B294-440B5E4796A2}">
-[...7 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB6C245F-BDA5-492C-875A-42EB8EF3B4B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b5f2a62c-60b3-4470-95a0-a2661cd4aeb2"/>
     <ds:schemaRef ds:uri="77c80513-f787-43d9-b4de-66eec620d1cd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61A1FC9C-38A2-41CC-B294-440B5E4796A2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b5f2a62c-60b3-4470-95a0-a2661cd4aeb2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{017F3A45-C030-4C45-B621-6088F76C804C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BDBE1E6-E910-4F77-8439-7E08C5AE48D4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Tactical business marketing plan</Template>
   <TotalTime></TotalTime>
-  <Pages>64</Pages>
-[...1 lines deleted...]
-  <Characters>84332</Characters>
+  <Pages>63</Pages>
+  <Words>14539</Words>
+  <Characters>82029</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>702</Lines>
-  <Paragraphs>197</Paragraphs>
+  <Lines>2070</Lines>
+  <Paragraphs>882</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>START Manual – Steelcase Americas Region</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Steelcase inc</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>98930</CharactersWithSpaces>
+  <CharactersWithSpaces>97963</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>START Manual – Steelcase Americas Region</dc:title>
   <dc:subject/>
   <dc:creator>imoir</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC039920849991</vt:lpwstr>